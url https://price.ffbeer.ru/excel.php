--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -9,854 +9,830 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="260">
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Объем</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена за литр</t>
   </si>
   <si>
     <t>Тара</t>
   </si>
   <si>
     <t>Напиток</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Стиль</t>
   </si>
   <si>
-    <t>Айнзидлер Вайсбир, бочка ПЭТ (А) 30л</t>
+    <t>Айнзидлер Вайсбир, 20/0,5 бут</t>
   </si>
   <si>
     <t>Einsiedler</t>
   </si>
   <si>
     <t>Германия</t>
   </si>
   <si>
     <t>Пшеничное / Нефильтрованное Пиво</t>
   </si>
   <si>
     <t>Айнзидлер Клауснер Пилс, бочка ПЭТ (А) 30л</t>
   </si>
   <si>
     <t>Классическое Пиво</t>
   </si>
   <si>
     <t>Айнзидлер Пилснер, 20/0,5 бут</t>
   </si>
   <si>
     <t>Айнзидлер Шварцбир, 20/0,5 бут</t>
   </si>
   <si>
     <t>Стауты, Портеры, Тёмные Лагеры</t>
   </si>
   <si>
     <t>АФФ Блонд, бочка 30л.</t>
   </si>
   <si>
     <t>A.f.f.</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Крепкое Пиво</t>
   </si>
   <si>
     <t>Баден бир Вайс, кега 30л</t>
   </si>
   <si>
+    <t>Baden Bier</t>
+  </si>
+  <si>
     <t>Баден бир Дункель , кеги 30л </t>
   </si>
   <si>
     <t>Балтика №10 Юбилейное  12/0,5 бут</t>
   </si>
   <si>
+    <t>Балтика</t>
+  </si>
+  <si>
     <t>Балтика №3, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Балтика</t>
-[...1 lines deleted...]
-  <si>
     <t>Балтика №4 Ржаной Эль  12/ 0,5 бут</t>
   </si>
   <si>
     <t>Балтика Безалгольное Светлое 0 б/а, 20/0,5 бут</t>
   </si>
   <si>
     <t>Безалкогольное Пиво</t>
   </si>
   <si>
     <t>Балтика Безалкогольное Вишня № 0, 24/0,33 ж/б</t>
   </si>
   <si>
-    <t>Балтика Безалкогольное Грейпфрут № 0, 24/0,33 ж/б</t>
-[...4 lines deleted...]
-  <si>
     <t>Балтика Брю АйПиЭй 12/0,44 бут</t>
   </si>
   <si>
+    <t>Охмелённое Пиво</t>
+  </si>
+  <si>
     <t>Балтика Брю Блонд 12/0,44 бут</t>
   </si>
   <si>
     <t>Балтика Брю Блонд, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Брю Брюн 12/0,44 бут</t>
   </si>
   <si>
     <t>Балтика Брю Брюн бочка ПЭТ 10л</t>
   </si>
   <si>
     <t>Балтика Брю Брюн, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Брю Крик 12/0,44 бут</t>
   </si>
   <si>
     <t>Фруктовое Пиво</t>
   </si>
   <si>
     <t>Балтика Брю Крик, бочка 30л. </t>
   </si>
   <si>
     <t>Балтика классическое № 3, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Портер №6 12/0,5 бут</t>
   </si>
   <si>
+    <t>Балтика Портер №6 ПЭТ 10л </t>
+  </si>
+  <si>
     <t>Балтика Пшеничное № 0 б/а, 24/0,45 ж/б</t>
   </si>
   <si>
     <t>Балтика пшеничное № 8, 20/0,5 бут</t>
   </si>
   <si>
     <t>Балтика Пшеничное №8, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Русский Имперский Стаут, 12/0,44 бут </t>
   </si>
   <si>
     <t>Балтика Стаут, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Хеллес, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Хеллес, бочка ПЭТ 10л</t>
   </si>
   <si>
     <t>Балтика экспортное № 7, 20/0,5 бут</t>
   </si>
   <si>
     <t>Балтика экспортное № 7, бочка 30л</t>
   </si>
   <si>
     <t>Бланш Бир Пшеничное Белое, бочка 30л</t>
   </si>
   <si>
     <t>Blanche Bière</t>
   </si>
   <si>
-    <t>Блэк Шип Айриш Стаут, бочка 30л</t>
-[...4 lines deleted...]
-  <si>
     <t>Брандер Бир Темное, кег 30 л</t>
   </si>
   <si>
     <t>Brander Bier</t>
   </si>
   <si>
-    <t>Брю Дивижн Ас Крим Стаут, 15/0,5 бут</t>
+    <t>Брю Дивижн Ас Крим Стаут, 12/0,5 бут</t>
   </si>
   <si>
     <t>Brew Division</t>
   </si>
   <si>
-    <t>Брю Дивижн Астролагер, 15/0,5 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Брю Дивижн Он Бейс, 15/0,5 бут.</t>
   </si>
   <si>
-    <t>Охмелённое Пиво</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Голд, 6/0,75 л бут</t>
   </si>
   <si>
     <t>Bullevie</t>
   </si>
   <si>
     <t>Сидры И Пуарэ</t>
   </si>
   <si>
+    <t>Бюльви Гранат, 12/0,45 бут</t>
+  </si>
+  <si>
     <t>Бюльви Грейпфрут, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Грейпфрут, РАЗОВАЯ бочка 20л</t>
   </si>
   <si>
     <t>Бюльви Зеро Дозаж, 6/0,75 л бут.</t>
   </si>
   <si>
+    <t>Бюльви Манго, 12/0,45 бут</t>
+  </si>
+  <si>
+    <t>Бюльви Манго, РАЗОВАЯ 20л</t>
+  </si>
+  <si>
+    <t>Бюльви Петит б/а, 12/0,45 бут</t>
+  </si>
+  <si>
+    <t>Безалкогольные Напитки</t>
+  </si>
+  <si>
     <t>Бюльви Петит Грейпфрут б/а, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Безалкогольные Напитки</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Петит Ягоды б/а, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Пуаре, 6/0,75 бут</t>
+    <t>Бюльви Пуаре Брют, 12/0,45 бут</t>
+  </si>
+  <si>
+    <t>Бюльви Розе, 12/0,33 бут</t>
   </si>
   <si>
     <t>Бюльви Розе, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Розе, 6/0,75 бут</t>
   </si>
   <si>
-    <t>Бюльви Рустик, п/сухой, РАЗОВАЯ бочка 30л</t>
+    <t>Бюльви Рустик, п/сухой, РАЗОВАЯ бочка 20л</t>
   </si>
   <si>
     <t>Бюльви Рустик, полусладкий 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Рустик, полусухой, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Семи-Драй 12/0,45 бут</t>
   </si>
   <si>
+    <t>Бюльви Семи-Драй, ПЭТ 20л</t>
+  </si>
+  <si>
     <t>Бюльви Тоффи, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Шорли с Вишней б/а, 20/0,45 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Шорли с Гранатом б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Шорли с Грейпфрутом б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Шорли с Грушей б/а, 12/0,45 бут</t>
   </si>
   <si>
+    <t>Бюльви Экстра Драй, 12/0,45 бут</t>
+  </si>
+  <si>
     <t>Бюльви Ягоды 12/0,45</t>
   </si>
   <si>
     <t>Вайценфельд Б/А, 0,45/12 бут</t>
   </si>
   <si>
     <t>Weizenfeld</t>
   </si>
   <si>
+    <t>Вайценфельд Вайс, 0,45/12 бут</t>
+  </si>
+  <si>
     <t>Вайценфельд Вайс, бочка 20л ПЭТ (23)</t>
   </si>
   <si>
-    <t>Вайценфельд Хеллес, 0,45/12 бут</t>
+    <t>Вайценфельд Кирш, бочка 20л </t>
+  </si>
+  <si>
+    <t>Вайценфельд Пилс, 12/0,45 бут</t>
+  </si>
+  <si>
+    <t>Вайценфельд Пилс,бочка ПЭТ 20л (23)</t>
   </si>
   <si>
     <t>Вайценфельд Шварцбир, 12/0,45 бут</t>
   </si>
   <si>
     <t>Вайценфельд Шварцбир, ПЭТ 20л</t>
   </si>
   <si>
     <t>Василеостровская АРА, 12/0,45 бут </t>
   </si>
   <si>
     <t>Василеостровская Пивоварня</t>
   </si>
   <si>
-    <t>Василеостровская Бланш де Лютин, 6/0,75 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровская Васька  Пшеничное, 12/0,45 Ж/Б </t>
   </si>
   <si>
+    <t>Васька</t>
+  </si>
+  <si>
     <t>Василеостровская Васька Белое Пшеничное, 12/0,45 бут </t>
   </si>
   <si>
-    <t>Васька</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровская Васька Черное, 12/0,45 бут </t>
   </si>
   <si>
     <t>Василеостровская Грейпфрут Эль, 12/0,33 бут</t>
   </si>
   <si>
-    <t>Василеостровская Доктор Фауст, 6/0,75 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровская ИПА, Б/А, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Василеостровская ИПА, РАЗОВАЯ кега 20 л</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровская Кассис Эль, 12/0,33 бут</t>
   </si>
   <si>
+    <t>Василеостровская Крик де Лютин, 12/0,33 бут</t>
+  </si>
+  <si>
     <t>Василеостровская Мелон Эль, 12/0,33 бут</t>
   </si>
   <si>
-    <t>Василеостровская Пайнэппл Эль, 12/0,33 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Василеостровская Руж Де Лютин, 6/0,75 бут</t>
   </si>
   <si>
-    <t>Василеостровская Синяя Борода, 12/0,33 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Василеостровская Тройной Пшеничный Эль, 6/0,75 бут</t>
   </si>
   <si>
     <t>Василеостровская Фрамбуа Эль, 12/0,33 бут</t>
   </si>
   <si>
     <t>Василеостровская Чехов, 6/0,33бут</t>
   </si>
   <si>
     <t>Василеостровская Чехов, 6/0,75 бут</t>
   </si>
   <si>
     <t>Василеостровский Кастил ван Бирсел Руж 12/0,33 бут </t>
   </si>
   <si>
+    <t>Василеостровский Квас, РАЗОВАЯ (G) бочка 30л</t>
+  </si>
+  <si>
+    <t>Василеостровское</t>
+  </si>
+  <si>
+    <t>Василеостровский Пуаре, РАЗОВАЯ бочка 20л (23)</t>
+  </si>
+  <si>
+    <t>Василеостровский Сидр игристый полусладкий , РАЗОВАЯ бочка 20л </t>
+  </si>
+  <si>
     <t>Василеостровский Сидр игристый полусладкий, 12/0,33 л бут</t>
   </si>
   <si>
     <t>Василеостровский Сидр игристый полусладкий, 6/0,75л бут</t>
   </si>
   <si>
     <t>Василеостровский сладкий Пуаре 12/0,33 бут</t>
   </si>
   <si>
-    <t>Василеостровское ПН Бланш, РАЗОВАЯ бочка 20л (23)</t>
+    <t>Василеостровский сладкий Пуаре, 6/0,75 бут</t>
+  </si>
+  <si>
+    <t>Василеостровское Васька Черное, РАЗОВАЯ бочка 30л</t>
+  </si>
+  <si>
+    <t>Василеостровское Лагер светлое, бочка ПЭТ 30л (23)</t>
   </si>
   <si>
     <t>Василеостровское ПН Темное, бочка 30л (24)</t>
   </si>
   <si>
-    <t>Василеостровское</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровское Пражске Место Светла деситка 12/0,45 бут</t>
   </si>
   <si>
+    <t>Василеостровское Пражске Место Светле, ПЭТ А  20л</t>
+  </si>
+  <si>
     <t>Василеостровское Пражске Место Черне пиво 12/ 0,45 бут</t>
   </si>
   <si>
-    <t>Василеостровское Чехов Вишневый Эль, РАЗОВАЯ бочка 20л (23)</t>
-[...2 lines deleted...]
-    <t>Васька Безалкогольное, 12/0,45 бут </t>
+    <t>Василеостровское Руж де Лютин, бочка 20л ПЭТ (23)</t>
+  </si>
+  <si>
+    <t>Василеостровское Чехов Вишневый Эль, РАЗОВАЯ бочка 20л Фитинг А </t>
   </si>
   <si>
     <t>Васька Вишневый лагер 12/0,45 бут</t>
   </si>
   <si>
     <t>ВитаСид Морозная дыня полусладкий 12/0,45 бут</t>
   </si>
   <si>
     <t>Vitasid My Altay</t>
   </si>
   <si>
     <t>Горьковская Аут Оф Тайм (DIPA), 12/0,44 бут</t>
   </si>
   <si>
     <t>Gorkovskaya Brewery</t>
   </si>
   <si>
-    <t>Горьковская Инто Зэ Анноун (Империал стаут), 12/0,44 бут</t>
-[...2 lines deleted...]
-    <t>Горьковская пивоварня Американский Пэйл Эль, 24/0.45 Ж/Б</t>
+    <t>Горьковская Грасиас Мадрэ (томатный гозе), 12/0,44 бут</t>
+  </si>
+  <si>
+    <t>Кислые Эли / Гозе / Гёзы / Ламбики </t>
   </si>
   <si>
     <t>Горьковская пивоварня Богемский Пилс, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская пивоварня Богемский Пилс, бочка ПЭТ 10л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня Борн ин Бор, 12/0,44 бут</t>
   </si>
   <si>
-    <t>Горьковская Пивоварня Вайцен, 20/0,44 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Горьковская Пивоварня Вайцен, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня Индийский Пейл Эль, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня ИПА 0,0 б/а, 24/0,33  ж/б</t>
   </si>
   <si>
-    <t>Горьковская Пивоварня ИПА 24/0,45 Ж/Б</t>
-[...1 lines deleted...]
-  <si>
     <t>Горьковская Пивоварня Урбан Джангл, 12/0,44 бут</t>
   </si>
   <si>
-    <t>Кислые Эли / Гозе / Гёзы / Ламбики </t>
-[...5 lines deleted...]
-    <t>Дач лагер Б/А 20/0,33 бут</t>
+    <t>Горьковская пивоварня Яблочный Сидр кега 30л</t>
+  </si>
+  <si>
+    <t>Горьковская Пивоварня</t>
   </si>
   <si>
     <t>Джоус Ай Эм СоУрри Свити, Б/А 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Jaws</t>
   </si>
   <si>
     <t>Джоус Американский Пэйл Эль, светлое, РАЗОВАЯ  бочка 20л</t>
   </si>
   <si>
     <t>Джоус АПА, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Атомная Прачечная, 20/0,5 бут</t>
   </si>
   <si>
+    <t>Джоус Бланш, 20/0,5 бут</t>
+  </si>
+  <si>
     <t>Джоус Бланш, РАЗОВАЯ кега 20л</t>
   </si>
   <si>
     <t>Джоус Вайзен, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Джоус Джаз энд Джус, 20/0,5 бут</t>
+    <t>Джоус Грёзы, 12/0,45 ж/б</t>
+  </si>
+  <si>
+    <t>Джоус Джаз энд Джус, светлое, РАЗОВАЯ бочка 20 л</t>
+  </si>
+  <si>
+    <t>Джоус Дип ИПА 20/0,5 бут </t>
   </si>
   <si>
     <t>Джоус Донт Ворри Бэйби, Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Джоус Дурак, 20/0,5 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Джоус Индиа Пэйл Эль Атомная Прачечная, светлое, РАЗОВАЯ бочка 20л</t>
   </si>
   <si>
     <t>Джоус Ищу Человека, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Джоус Лагер, 20/0,5 бут </t>
-[...1 lines deleted...]
-  <si>
     <t>Джоус Май Эприкот Морнинг, б/а, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Джоус Мауи Портер, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Мюних Хеллес, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Мюних Хеллес, 20л кега ПЭТ</t>
   </si>
   <si>
     <t>Джоус Нитро Стаут, 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Джоус Нитро Стаут, 20л ПЭТ</t>
-[...1 lines deleted...]
-  <si>
     <t>Джоус Овсяный Стаут, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Овсяный Стаут, темное, РАЗОВАЯ  бочка 20л</t>
   </si>
   <si>
     <t>Джоус Пилснер, 20/0,5л бут</t>
   </si>
   <si>
     <t>Джоус Русский Имперский Стаут "V.1", 20/0,5л бут  </t>
   </si>
   <si>
+    <t>Джоус Рэд Видоу, 24/0,33л бут</t>
+  </si>
+  <si>
     <t>Джоус Сауэр Бриз Грейпфрут, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Сауэр Бриз Манго, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Слип Тайт Бэйби, Б/А 12/0,45 ж/б</t>
   </si>
   <si>
+    <t>Джоус Сомнамбула Стаут, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Джоус Чёрная Атомная Прачечная, 20/0,5 бут</t>
+  </si>
+  <si>
     <t>Жигулевское Светлое, бочка 30л</t>
   </si>
   <si>
+    <t>Жигулевское</t>
+  </si>
+  <si>
     <t>Жигулевское Фирменное кег 30 л</t>
   </si>
   <si>
-    <t>Жигулевское</t>
-[...1 lines deleted...]
-  <si>
     <t>Зиро Пойнт Вело Друг Б/А (Чешский Лагер), 20/0,5 ж/б</t>
   </si>
   <si>
     <t>Zero Point</t>
   </si>
   <si>
     <t>Зиро Пойнт Друг Б/А (Пшеничный эль), 20/0,5 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Лук Эраунд Б/А (ИПА), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Мото Друг Б/А (Пилснер), 20/0,5 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Портер 42 Б/А (Ореховый портер), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Сан Сеттинг Б/А (ИПА с манго), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Силк Роад Б/А (Сладкий стаут), 20/0,33 ж/б</t>
   </si>
   <si>
-    <t>Клаусталер Ориджинал, 24/0,33 бут</t>
+    <t>КАЛИНКИНЪ Богемский Пильзнер, бут 20/0.4 бут </t>
+  </si>
+  <si>
+    <t>Калинкинъ</t>
+  </si>
+  <si>
+    <t>Канцлер Заправское, ПЭТ 30л</t>
+  </si>
+  <si>
+    <t>Клаусталер Ориджинал, 24/0,33 бут б/а </t>
   </si>
   <si>
     <t>Clausthaler</t>
   </si>
   <si>
-    <t>Крон Бланш Бир 24/0,45 Ж/Б</t>
+    <t>Крон Бланш Бир, 20/0,45 бут</t>
   </si>
   <si>
     <t>Krone</t>
   </si>
   <si>
-    <t>Крон Бланш Бир, 20/0,45 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Крон Бланш Бир, 20/0,45 бут Б/А</t>
   </si>
   <si>
     <t>Крон Бланш Бир, Бочка 30л</t>
   </si>
   <si>
     <t>Крушовице Нон-алко, Б/А, 24/0,33 бут</t>
   </si>
   <si>
     <t>Крушовице Светле, 24/0,33 бут</t>
   </si>
   <si>
     <t>Krusovice</t>
   </si>
   <si>
-    <t>Лось и Кедр 0.4 Б/А (грейпфрут), 12/0,45 бут</t>
+    <t>Лось и Кедр 6.0 (кокос), 12/0,45 бут</t>
   </si>
   <si>
     <t>Лось И Кедр</t>
   </si>
   <si>
-    <t>Лось и Кедр 6.0 (кокос), 12/0,45 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Лось и Кедр 7.0 (манго и чили), 12/0,45 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Брют, 12/0,33 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Брют, 6/0,75 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Розе 6/0,75 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Розе полусладкий, 12/0,33 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Розе, 12/0,33 бут</t>
   </si>
   <si>
-    <t>Нью Ригас Варка Пшено 20/0,45л Ж/Б</t>
+    <t>Нью Ригас Варка Черри Эль 20/0,45л Ж/Б</t>
   </si>
   <si>
     <t>New Riga's Brewery</t>
   </si>
   <si>
-    <t>Нью Ригас Варка Черри Эль 20/0,45л Ж/Б</t>
-[...1 lines deleted...]
-  <si>
     <t>Нью Ригас Коза в малиннике (Распбери эль), 20/0,45л Ж/Б</t>
   </si>
   <si>
-    <t>Нью Ригас Комета (ИПА), 20/0,45л Ж/Б</t>
-[...4 lines deleted...]
-  <si>
     <t>Нью Ригас Син Син, 20/0,45л Ж/Б</t>
   </si>
   <si>
+    <t>Парадокс SMTH (манго, лимон), 20/0,45 ж/б</t>
+  </si>
+  <si>
+    <t>Paradox</t>
+  </si>
+  <si>
     <t>Парадокс Бэйзик Элемент (Овсяный Стаут), 20/0,45 ж/б</t>
   </si>
   <si>
-    <t>Парадокс Неон филдс: Манго, персик, корица (сауэр эль), 20/0,45 ж/б</t>
-[...8 lines deleted...]
-    <t>Ригеле Коммерциненрат Приват, РАЗОВАЯ бочка 30л</t>
+    <t>Парадокс Джангл Спирит 20/0,45 Ж/Б</t>
+  </si>
+  <si>
+    <t>Парадокс Мичелада 12/0,45 Ж/Б</t>
+  </si>
+  <si>
+    <t>Парадокс Распберри Портер, 12/0,45 Ж/Б</t>
+  </si>
+  <si>
+    <t>Парадокс Фатум: Вест Кост Дабл Ипа, светлое, 12/0,45 Ж/Б</t>
   </si>
   <si>
     <t>Родное яблочко Роса Б/А, 20/0,5 бут</t>
   </si>
   <si>
     <t>Родное Яблочко</t>
   </si>
   <si>
     <t>Родное яблочко сухой Сон, 20/0,5 бут</t>
   </si>
   <si>
     <t>Рюдигер Оригиналь Премиум, бочка 30л</t>
   </si>
   <si>
     <t>Rudiger</t>
   </si>
   <si>
     <t>Сидр "Родное Яблочко Полусладкий" 20/0,5 бут </t>
   </si>
   <si>
-    <t>Стадсхавен Октопус Блонд,  12/0.33 бут</t>
-[...10 lines deleted...]
-  <si>
     <t>Стелла Артуа б/а, 20/0,44 бут.</t>
   </si>
   <si>
     <t>Stella Artois</t>
   </si>
   <si>
-    <t>Стелла Артуа, 20/0,44 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Ту Пикс Бэк Ту Бэланс Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Two Peaks</t>
   </si>
   <si>
     <t>Ту Пикс Бэк Ту Бэланс Томато Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Коконат Крайм Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Ту Пикс Лайт Май Фаэр Гозе Б/А, 12/0,45 ж/б</t>
-[...1 lines deleted...]
-  <si>
     <t>Ту Пикс Опен Маинд Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Рейс Энд Грейс Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Сочи Найтс Б/А 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Электро Черри Б/А,  12/0,45 ж/б</t>
   </si>
   <si>
     <t>Фест Хаус Вайцен, ПЭТ 30л</t>
   </si>
   <si>
     <t>Festhaus</t>
   </si>
   <si>
     <t>Фест Хаус Хеллес, ПЭТ 30л</t>
   </si>
   <si>
-    <t>Францисканер  Премиум, 20/0,45 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Хугарден белое, кег, 20л </t>
   </si>
   <si>
     <t>Hoegaarden</t>
   </si>
   <si>
     <t>Бельгия</t>
   </si>
   <si>
-    <t>Черри Найт с ароматом вишни,  кеги 30 л.</t>
-[...4 lines deleted...]
-  <si>
     <t>Чешский Лев Светлое, 20/0,5 бут</t>
   </si>
   <si>
     <t>Lev</t>
   </si>
   <si>
     <t>Чехия</t>
   </si>
   <si>
     <t>Чешский Лев Тёмное, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Шпатен Мюнхен, 20/0,45 бут</t>
+    <t>Шпатен Мюнхен, 20/0,45 бут (ВОЛЖСКИЙ)</t>
   </si>
   <si>
     <t>Spaten</t>
   </si>
   <si>
-    <t>Шпатен Мюнхен, кег 30л</t>
-[...1 lines deleted...]
-  <si>
     <t>Эплтон Блэк Курант + Базилик, 20/0,5 бут</t>
   </si>
   <si>
     <t>Appleton</t>
   </si>
   <si>
-    <t>Эплтон Блюберри + Розмарин, Лемонграсс и Мята, 20/0,5 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Эплтон Киви, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Манго, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Орандж + Тайм, 20/0,5 бут</t>
   </si>
   <si>
+    <t>Эплтон Пайнэпл + коконат, 20/0,5 бут</t>
+  </si>
+  <si>
     <t>Эплтон Пайнэппл, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Пинк Грейпфрут, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Пич, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Расберри, 20/0,5 бут</t>
   </si>
   <si>
     <t>Эплтон Строуберри + Ваниль, 20/0,5 бут</t>
   </si>
   <si>
+    <t>Эплтон Черри + Кизил, 20/0,5 бут</t>
+  </si>
+  <si>
     <t>Эплтон Черриес, 20/0,5 бут</t>
-  </si>
-[...1 lines deleted...]
-    <t>Эплтон Эппл, 20/0,5 бут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
@@ -864,5754 +840,5672 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J209"/>
+  <dimension ref="A1:J203"/>
   <cols>
     <col min="1" max="1" width="60"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="10"/>
     <col min="4" max="4" width="6"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="5"/>
     <col min="7" max="7" width="8"/>
     <col min="8" max="8" width="27"/>
-    <col min="9" max="9" width="11"/>
+    <col min="9" max="9" width="9"/>
     <col min="10" max="10" width="36"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C2">
-        <v>7</v>
+        <v>134</v>
       </c>
       <c r="D2">
-        <v>17700</v>
+        <v>325</v>
       </c>
       <c r="E2">
-        <v>590</v>
+        <v>650</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
         <v>30</v>
       </c>
       <c r="C3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D3">
         <v>17700</v>
       </c>
       <c r="E3">
         <v>590</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
       <c r="J3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4">
         <v>0.5</v>
       </c>
       <c r="C4">
-        <v>194</v>
+        <v>100</v>
       </c>
       <c r="D4">
         <v>325</v>
       </c>
       <c r="E4">
         <v>650</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5">
         <v>0.5</v>
       </c>
       <c r="C5">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="D5">
         <v>325</v>
       </c>
       <c r="E5">
         <v>650</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6">
         <v>30</v>
       </c>
       <c r="C6">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D6">
         <v>9000</v>
       </c>
       <c r="E6">
         <v>300</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>20</v>
       </c>
       <c r="I6" t="s">
         <v>21</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7">
         <v>30</v>
       </c>
       <c r="C7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D7">
         <v>5250</v>
       </c>
       <c r="E7">
         <v>175</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>24</v>
+      </c>
       <c r="I7" t="s">
         <v>21</v>
       </c>
-      <c r="J7"/>
+      <c r="J7" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8">
         <v>30</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>4200</v>
       </c>
       <c r="E8">
         <v>140</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>24</v>
+      </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
-      <c r="J8"/>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9">
         <v>0.5</v>
       </c>
       <c r="C9">
-        <v>177</v>
+        <v>57</v>
       </c>
       <c r="D9">
         <v>130</v>
       </c>
       <c r="E9">
         <v>260</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>27</v>
+      </c>
       <c r="I9" t="s">
         <v>21</v>
       </c>
-      <c r="J9"/>
+      <c r="J9" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B10">
         <v>0.5</v>
       </c>
       <c r="C10">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="D10">
         <v>100</v>
       </c>
       <c r="E10">
         <v>200</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>27</v>
       </c>
       <c r="I10" t="s">
         <v>21</v>
       </c>
       <c r="J10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11">
         <v>0.5</v>
       </c>
       <c r="C11">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="D11">
         <v>120</v>
       </c>
       <c r="E11">
         <v>240</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>21</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12">
         <v>0.47</v>
       </c>
       <c r="C12">
-        <v>71</v>
+        <v>323</v>
       </c>
       <c r="D12">
         <v>95</v>
       </c>
       <c r="E12">
         <v>202.13</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>27</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13">
         <v>0.45</v>
       </c>
       <c r="C13">
         <v>23</v>
       </c>
       <c r="D13">
         <v>85</v>
       </c>
       <c r="E13">
         <v>188.89</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>27</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14">
-        <v>0.33</v>
+        <v>0.44</v>
       </c>
       <c r="C14">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="D14">
-        <v>85</v>
+        <v>200</v>
       </c>
       <c r="E14">
-        <v>257.58</v>
+        <v>454.55</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>27</v>
       </c>
-      <c r="I14"/>
+      <c r="I14" t="s">
+        <v>21</v>
+      </c>
       <c r="J14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15">
-        <v>0.45</v>
+        <v>0.44</v>
       </c>
       <c r="C15">
-        <v>67</v>
+        <v>164</v>
       </c>
       <c r="D15">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="E15">
-        <v>177.78</v>
+        <v>340.91</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>27</v>
       </c>
-      <c r="I15"/>
+      <c r="I15" t="s">
+        <v>21</v>
+      </c>
       <c r="J15" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C16">
-        <v>156</v>
+        <v>3</v>
       </c>
       <c r="D16">
-        <v>200</v>
+        <v>7500</v>
       </c>
       <c r="E16">
-        <v>454.55</v>
+        <v>250</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>27</v>
+      </c>
       <c r="I16" t="s">
         <v>21</v>
       </c>
-      <c r="J16"/>
+      <c r="J16" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17">
         <v>0.44</v>
       </c>
       <c r="C17">
-        <v>248</v>
+        <v>24</v>
       </c>
       <c r="D17">
         <v>150</v>
       </c>
       <c r="E17">
         <v>340.91</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>27</v>
       </c>
       <c r="I17" t="s">
         <v>21</v>
       </c>
       <c r="J17" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B18">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C18">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D18">
-        <v>7500</v>
+        <v>2500</v>
       </c>
       <c r="E18">
         <v>250</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>27</v>
       </c>
       <c r="I18" t="s">
         <v>21</v>
       </c>
       <c r="J18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B19">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C19">
-        <v>93</v>
+        <v>8</v>
       </c>
       <c r="D19">
-        <v>150</v>
+        <v>7500</v>
       </c>
       <c r="E19">
-        <v>340.91</v>
+        <v>250</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>27</v>
       </c>
       <c r="I19" t="s">
         <v>21</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B20">
-        <v>10</v>
+        <v>0.44</v>
       </c>
       <c r="C20">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="D20">
-        <v>2500</v>
+        <v>150</v>
       </c>
       <c r="E20">
-        <v>250</v>
+        <v>340.91</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>27</v>
+      </c>
       <c r="I20" t="s">
         <v>21</v>
       </c>
-      <c r="J20"/>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B21">
         <v>30</v>
       </c>
       <c r="C21">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D21">
         <v>7500</v>
       </c>
       <c r="E21">
         <v>250</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>27</v>
       </c>
       <c r="I21" t="s">
         <v>21</v>
       </c>
       <c r="J21" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B22">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C22">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="D22">
-        <v>150</v>
+        <v>4800</v>
       </c>
       <c r="E22">
-        <v>340.91</v>
+        <v>160</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>27</v>
       </c>
       <c r="I22" t="s">
         <v>21</v>
       </c>
       <c r="J22" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B23">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C23">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D23">
-        <v>7500</v>
+        <v>120</v>
       </c>
       <c r="E23">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>27</v>
       </c>
       <c r="I23" t="s">
         <v>21</v>
       </c>
       <c r="J23" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B24">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C24">
-        <v>111</v>
+        <v>4</v>
       </c>
       <c r="D24">
-        <v>4800</v>
+        <v>2100</v>
       </c>
       <c r="E24">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>27</v>
       </c>
       <c r="I24" t="s">
         <v>21</v>
       </c>
       <c r="J24" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B25">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
       <c r="C25">
-        <v>72</v>
+        <v>110</v>
       </c>
       <c r="D25">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="E25">
-        <v>240</v>
+        <v>237.5</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>27</v>
       </c>
       <c r="I25" t="s">
         <v>21</v>
       </c>
       <c r="J25" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B26">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="C26">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="D26">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="E26">
-        <v>237.5</v>
+        <v>230</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>27</v>
       </c>
       <c r="I26" t="s">
         <v>21</v>
       </c>
       <c r="J26" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B27">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C27">
-        <v>199</v>
+        <v>10</v>
       </c>
       <c r="D27">
-        <v>115</v>
+        <v>5700</v>
       </c>
       <c r="E27">
-        <v>230</v>
+        <v>190</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>27</v>
       </c>
       <c r="I27" t="s">
         <v>21</v>
       </c>
       <c r="J27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B28">
-        <v>30</v>
+        <v>0.44</v>
       </c>
       <c r="C28">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="D28">
-        <v>5700</v>
+        <v>190</v>
       </c>
       <c r="E28">
-        <v>190</v>
+        <v>431.82</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>27</v>
       </c>
       <c r="I28" t="s">
         <v>21</v>
       </c>
       <c r="J28" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B29">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C29">
-        <v>105</v>
+        <v>7</v>
       </c>
       <c r="D29">
-        <v>190</v>
+        <v>7800</v>
       </c>
       <c r="E29">
-        <v>431.82</v>
+        <v>260</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>27</v>
       </c>
       <c r="I29" t="s">
         <v>21</v>
       </c>
       <c r="J29" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B30">
         <v>30</v>
       </c>
       <c r="C30">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="D30">
-        <v>7800</v>
+        <v>5550</v>
       </c>
       <c r="E30">
-        <v>260</v>
+        <v>185</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>27</v>
       </c>
       <c r="I30" t="s">
         <v>21</v>
       </c>
       <c r="J30" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B31">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C31">
-        <v>76</v>
+        <v>6</v>
       </c>
       <c r="D31">
-        <v>5550</v>
+        <v>2150</v>
       </c>
       <c r="E31">
-        <v>185</v>
+        <v>215</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>27</v>
       </c>
       <c r="I31" t="s">
         <v>21</v>
       </c>
       <c r="J31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B32">
-        <v>10</v>
+        <v>0.5</v>
       </c>
       <c r="C32">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="D32">
-        <v>2150</v>
+        <v>125</v>
       </c>
       <c r="E32">
-        <v>215</v>
+        <v>250</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>27</v>
+      </c>
       <c r="I32" t="s">
         <v>21</v>
       </c>
-      <c r="J32"/>
+      <c r="J32" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B33">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C33">
-        <v>400</v>
+        <v>17</v>
       </c>
       <c r="D33">
-        <v>125</v>
+        <v>5850</v>
       </c>
       <c r="E33">
-        <v>250</v>
+        <v>195</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>27</v>
       </c>
       <c r="I33" t="s">
         <v>21</v>
       </c>
       <c r="J33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B34">
         <v>30</v>
       </c>
       <c r="C34">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="D34">
-        <v>5850</v>
+        <v>5250</v>
       </c>
       <c r="E34">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="I34" t="s">
         <v>21</v>
       </c>
       <c r="J34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B35">
         <v>30</v>
       </c>
       <c r="C35">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D35">
-        <v>5250</v>
+        <v>4710</v>
       </c>
       <c r="E35">
-        <v>175</v>
+        <v>157</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
       <c r="J35" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B36">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C36">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="D36">
-        <v>9000</v>
+        <v>215</v>
       </c>
       <c r="E36">
-        <v>300</v>
+        <v>430</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I36" t="s">
         <v>21</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B37">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C37">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D37">
-        <v>4710</v>
+        <v>225</v>
       </c>
       <c r="E37">
-        <v>157</v>
+        <v>450</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I37" t="s">
         <v>21</v>
       </c>
       <c r="J37" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B38">
-        <v>0.5</v>
+        <v>0.75</v>
       </c>
       <c r="C38">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="D38">
-        <v>215</v>
+        <v>620</v>
       </c>
       <c r="E38">
-        <v>430</v>
+        <v>826.67</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I38" t="s">
         <v>21</v>
       </c>
       <c r="J38" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B39">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C39">
-        <v>220</v>
+        <v>141</v>
       </c>
       <c r="D39">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E39">
-        <v>400</v>
+        <v>466.67</v>
       </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I39" t="s">
         <v>21</v>
       </c>
       <c r="J39" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B40">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C40">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="D40">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E40">
-        <v>400</v>
+        <v>466.67</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I40" t="s">
         <v>21</v>
       </c>
       <c r="J40" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B41">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C41">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="D41">
-        <v>225</v>
+        <v>6000</v>
       </c>
       <c r="E41">
-        <v>450</v>
+        <v>300</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
       <c r="I41" t="s">
         <v>21</v>
       </c>
-      <c r="J41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J41"/>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B42">
         <v>0.75</v>
       </c>
       <c r="C42">
-        <v>35</v>
+        <v>6</v>
       </c>
       <c r="D42">
         <v>620</v>
       </c>
       <c r="E42">
         <v>826.67</v>
       </c>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I42" t="s">
         <v>21</v>
       </c>
       <c r="J42" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>69</v>
       </c>
       <c r="B43">
         <v>0.45</v>
       </c>
       <c r="C43">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D43">
         <v>210</v>
       </c>
       <c r="E43">
         <v>466.67</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I43" t="s">
         <v>21</v>
       </c>
       <c r="J43" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44">
         <v>20</v>
       </c>
       <c r="C44">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D44">
         <v>6000</v>
       </c>
       <c r="E44">
         <v>300</v>
       </c>
       <c r="F44"/>
       <c r="G44"/>
-      <c r="H44"/>
+      <c r="H44" t="s">
+        <v>63</v>
+      </c>
       <c r="I44" t="s">
         <v>21</v>
       </c>
-      <c r="J44"/>
+      <c r="J44" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C45">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D45">
-        <v>620</v>
+        <v>179</v>
       </c>
       <c r="E45">
-        <v>826.67</v>
+        <v>397.78</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I45" t="s">
         <v>21</v>
       </c>
       <c r="J45" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B46">
         <v>0.45</v>
       </c>
       <c r="C46">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="D46">
         <v>179</v>
       </c>
       <c r="E46">
         <v>397.78</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I46" t="s">
         <v>21</v>
       </c>
       <c r="J46" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>74</v>
       </c>
       <c r="B47">
         <v>0.45</v>
       </c>
       <c r="C47">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="D47">
         <v>179</v>
       </c>
       <c r="E47">
         <v>397.78</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I47" t="s">
         <v>21</v>
       </c>
       <c r="J47" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>75</v>
       </c>
       <c r="B48">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C48">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="D48">
-        <v>449</v>
+        <v>279</v>
       </c>
       <c r="E48">
-        <v>598.67</v>
+        <v>620</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
       <c r="I48" t="s">
         <v>21</v>
       </c>
-      <c r="J48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C49">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="D49">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="E49">
-        <v>466.67</v>
+        <v>603.03</v>
       </c>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I49" t="s">
         <v>21</v>
       </c>
       <c r="J49" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>77</v>
       </c>
       <c r="B50">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C50">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D50">
-        <v>430</v>
+        <v>210</v>
       </c>
       <c r="E50">
-        <v>573.33</v>
+        <v>466.67</v>
       </c>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I50" t="s">
         <v>21</v>
       </c>
       <c r="J50" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>78</v>
       </c>
       <c r="B51">
-        <v>30</v>
+        <v>0.75</v>
       </c>
       <c r="C51">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D51">
-        <v>8700</v>
+        <v>430</v>
       </c>
       <c r="E51">
-        <v>290</v>
+        <v>573.33</v>
       </c>
       <c r="F51"/>
       <c r="G51"/>
-      <c r="H51"/>
+      <c r="H51" t="s">
+        <v>63</v>
+      </c>
       <c r="I51" t="s">
         <v>21</v>
       </c>
-      <c r="J51"/>
+      <c r="J51" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C52">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="D52">
-        <v>199</v>
+        <v>5800</v>
       </c>
       <c r="E52">
-        <v>442.22</v>
+        <v>290</v>
       </c>
       <c r="F52"/>
       <c r="G52"/>
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>63</v>
+      </c>
       <c r="I52" t="s">
         <v>21</v>
       </c>
-      <c r="J52"/>
+      <c r="J52" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>80</v>
       </c>
       <c r="B53">
         <v>0.45</v>
       </c>
       <c r="C53">
-        <v>120</v>
+        <v>63</v>
       </c>
       <c r="D53">
         <v>199</v>
       </c>
       <c r="E53">
         <v>442.22</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I53" t="s">
         <v>21</v>
       </c>
       <c r="J53" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>81</v>
       </c>
       <c r="B54">
         <v>0.45</v>
       </c>
       <c r="C54">
-        <v>120</v>
+        <v>84</v>
       </c>
       <c r="D54">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="E54">
-        <v>466.67</v>
+        <v>442.22</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>63</v>
+      </c>
       <c r="I54" t="s">
         <v>21</v>
       </c>
-      <c r="J54"/>
+      <c r="J54" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>82</v>
       </c>
       <c r="B55">
         <v>0.45</v>
       </c>
       <c r="C55">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="D55">
         <v>210</v>
       </c>
       <c r="E55">
         <v>466.67</v>
       </c>
       <c r="F55"/>
       <c r="G55"/>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
       <c r="I55" t="s">
         <v>21</v>
       </c>
-      <c r="J55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J55"/>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>83</v>
       </c>
       <c r="B56">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C56">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D56">
-        <v>125</v>
+        <v>6000</v>
       </c>
       <c r="E56">
-        <v>277.78</v>
+        <v>300</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I56" t="s">
         <v>21</v>
       </c>
       <c r="J56" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>84</v>
       </c>
       <c r="B57">
         <v>0.45</v>
       </c>
       <c r="C57">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D57">
-        <v>128</v>
+        <v>210</v>
       </c>
       <c r="E57">
-        <v>284.44</v>
+        <v>466.67</v>
       </c>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I57" t="s">
         <v>21</v>
       </c>
       <c r="J57" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>85</v>
       </c>
       <c r="B58">
         <v>0.45</v>
       </c>
       <c r="C58">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D58">
         <v>128</v>
       </c>
       <c r="E58">
         <v>284.44</v>
       </c>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I58" t="s">
         <v>21</v>
       </c>
       <c r="J58" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>86</v>
       </c>
       <c r="B59">
         <v>0.45</v>
       </c>
       <c r="C59">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D59">
         <v>128</v>
       </c>
       <c r="E59">
         <v>284.44</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I59" t="s">
         <v>21</v>
       </c>
       <c r="J59" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>87</v>
       </c>
       <c r="B60">
         <v>0.45</v>
       </c>
       <c r="C60">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D60">
-        <v>210</v>
+        <v>128</v>
       </c>
       <c r="E60">
-        <v>466.67</v>
+        <v>284.44</v>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I60" t="s">
         <v>21</v>
       </c>
       <c r="J60" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>88</v>
       </c>
       <c r="B61">
         <v>0.45</v>
       </c>
       <c r="C61">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="D61">
-        <v>135</v>
+        <v>210</v>
       </c>
       <c r="E61">
-        <v>300</v>
+        <v>466.67</v>
       </c>
       <c r="F61"/>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
       <c r="I61" t="s">
         <v>21</v>
       </c>
-      <c r="J61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J61"/>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B62">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C62">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D62">
-        <v>4380</v>
+        <v>210</v>
       </c>
       <c r="E62">
-        <v>219</v>
+        <v>466.67</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="I62" t="s">
         <v>21</v>
       </c>
       <c r="J62" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B63">
         <v>0.45</v>
       </c>
       <c r="C63">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D63">
         <v>135</v>
       </c>
       <c r="E63">
         <v>300</v>
       </c>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I63" t="s">
         <v>21</v>
       </c>
       <c r="J63" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>92</v>
       </c>
       <c r="B64">
         <v>0.45</v>
       </c>
       <c r="C64">
-        <v>12</v>
+        <v>727</v>
       </c>
       <c r="D64">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="E64">
-        <v>288.89</v>
+        <v>260</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I64" t="s">
         <v>21</v>
       </c>
       <c r="J64" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>93</v>
       </c>
       <c r="B65">
         <v>20</v>
       </c>
       <c r="C65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D65">
-        <v>4000</v>
+        <v>4380</v>
       </c>
       <c r="E65">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F65"/>
       <c r="G65"/>
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>91</v>
+      </c>
       <c r="I65" t="s">
         <v>21</v>
       </c>
-      <c r="J65"/>
+      <c r="J65" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>94</v>
       </c>
       <c r="B66">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C66">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D66">
-        <v>167</v>
+        <v>4600</v>
       </c>
       <c r="E66">
-        <v>371.11</v>
+        <v>230</v>
       </c>
       <c r="F66"/>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
       <c r="I66" t="s">
         <v>21</v>
       </c>
-      <c r="J66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J66"/>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B67">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C67">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="D67">
-        <v>255</v>
+        <v>117</v>
       </c>
       <c r="E67">
-        <v>340</v>
+        <v>260</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="I67" t="s">
         <v>21</v>
       </c>
       <c r="J67" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B68">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C68">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="D68">
-        <v>110</v>
+        <v>4380</v>
       </c>
       <c r="E68">
-        <v>244.44</v>
+        <v>219</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
-      <c r="H68"/>
+      <c r="H68" t="s">
+        <v>91</v>
+      </c>
       <c r="I68" t="s">
         <v>21</v>
       </c>
-      <c r="J68"/>
+      <c r="J68" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B69">
         <v>0.45</v>
       </c>
       <c r="C69">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="D69">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="E69">
-        <v>244.44</v>
+        <v>288.89</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="I69" t="s">
         <v>21</v>
       </c>
       <c r="J69" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B70">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C70">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="D70">
-        <v>110</v>
+        <v>4000</v>
       </c>
       <c r="E70">
-        <v>244.44</v>
+        <v>200</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="I70" t="s">
         <v>21</v>
       </c>
       <c r="J70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B71">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C71">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D71">
-        <v>135</v>
+        <v>167</v>
       </c>
       <c r="E71">
-        <v>409.09</v>
+        <v>371.11</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I71" t="s">
         <v>21</v>
       </c>
       <c r="J71" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B72">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C72">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="D72">
-        <v>255</v>
+        <v>110</v>
       </c>
       <c r="E72">
-        <v>340</v>
+        <v>244.44</v>
       </c>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I72" t="s">
         <v>21</v>
       </c>
       <c r="J72" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>103</v>
       </c>
       <c r="B73">
         <v>0.45</v>
       </c>
       <c r="C73">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D73">
-        <v>145</v>
+        <v>110</v>
       </c>
       <c r="E73">
-        <v>322.22</v>
+        <v>244.44</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I73" t="s">
         <v>21</v>
       </c>
       <c r="J73" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>104</v>
       </c>
       <c r="B74">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C74">
-        <v>2</v>
+        <v>44</v>
       </c>
       <c r="D74">
-        <v>5000</v>
+        <v>110</v>
       </c>
       <c r="E74">
-        <v>250</v>
+        <v>244.44</v>
       </c>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I74" t="s">
         <v>21</v>
       </c>
       <c r="J74" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>105</v>
       </c>
       <c r="B75">
         <v>0.33</v>
       </c>
       <c r="C75">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="D75">
         <v>135</v>
       </c>
       <c r="E75">
         <v>409.09</v>
       </c>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I75" t="s">
         <v>21</v>
       </c>
       <c r="J75" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>106</v>
       </c>
       <c r="B76">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C76">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D76">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="E76">
-        <v>409.09</v>
+        <v>322.22</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I76" t="s">
         <v>21</v>
       </c>
       <c r="J76" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>107</v>
       </c>
       <c r="B77">
         <v>0.33</v>
       </c>
       <c r="C77">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D77">
         <v>135</v>
       </c>
       <c r="E77">
         <v>409.09</v>
       </c>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I77" t="s">
         <v>21</v>
       </c>
       <c r="J77" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>108</v>
       </c>
       <c r="B78">
         <v>0.33</v>
       </c>
       <c r="C78">
-        <v>3</v>
+        <v>205</v>
       </c>
       <c r="D78">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E78">
-        <v>424.24</v>
+        <v>409.09</v>
       </c>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I78" t="s">
         <v>21</v>
       </c>
       <c r="J78" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>109</v>
       </c>
       <c r="B79">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
       <c r="C79">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="D79">
-        <v>260</v>
+        <v>135</v>
       </c>
       <c r="E79">
-        <v>346.67</v>
+        <v>409.09</v>
       </c>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I79" t="s">
         <v>21</v>
       </c>
       <c r="J79" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>110</v>
       </c>
       <c r="B80">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C80">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D80">
-        <v>135</v>
+        <v>260</v>
       </c>
       <c r="E80">
-        <v>409.09</v>
+        <v>346.67</v>
       </c>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I80" t="s">
         <v>21</v>
       </c>
       <c r="J80" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>111</v>
       </c>
       <c r="B81">
         <v>0.75</v>
       </c>
       <c r="C81">
-        <v>44</v>
+        <v>3</v>
       </c>
       <c r="D81">
         <v>260</v>
       </c>
       <c r="E81">
         <v>346.67</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
-      <c r="H81"/>
+      <c r="H81" t="s">
+        <v>100</v>
+      </c>
       <c r="I81" t="s">
         <v>21</v>
       </c>
-      <c r="J81"/>
+      <c r="J81" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>112</v>
       </c>
       <c r="B82">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
       <c r="C82">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="D82">
-        <v>260</v>
+        <v>135</v>
       </c>
       <c r="E82">
-        <v>346.67</v>
+        <v>409.09</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I82" t="s">
         <v>21</v>
       </c>
       <c r="J82" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>113</v>
       </c>
       <c r="B83">
         <v>0.33</v>
       </c>
       <c r="C83">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="D83">
         <v>135</v>
       </c>
       <c r="E83">
         <v>409.09</v>
       </c>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I83" t="s">
         <v>21</v>
       </c>
       <c r="J83" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>114</v>
       </c>
       <c r="B84">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C84">
-        <v>100</v>
+        <v>124</v>
       </c>
       <c r="D84">
-        <v>135</v>
+        <v>265</v>
       </c>
       <c r="E84">
-        <v>409.09</v>
+        <v>353.33</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I84" t="s">
         <v>21</v>
       </c>
       <c r="J84" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>115</v>
       </c>
       <c r="B85">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
       <c r="C85">
-        <v>200</v>
+        <v>90</v>
       </c>
       <c r="D85">
-        <v>265</v>
+        <v>140</v>
       </c>
       <c r="E85">
-        <v>353.33</v>
+        <v>424.24</v>
       </c>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I85" t="s">
         <v>21</v>
       </c>
       <c r="J85" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>116</v>
       </c>
       <c r="B86">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C86">
-        <v>95</v>
+        <v>2</v>
       </c>
       <c r="D86">
-        <v>140</v>
+        <v>4050</v>
       </c>
       <c r="E86">
-        <v>424.24</v>
+        <v>135</v>
       </c>
       <c r="F86"/>
       <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>117</v>
+      </c>
       <c r="I86" t="s">
         <v>21</v>
       </c>
-      <c r="J86"/>
+      <c r="J86" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B87">
-        <v>0.33</v>
+        <v>20</v>
       </c>
       <c r="C87">
-        <v>108</v>
+        <v>2</v>
       </c>
       <c r="D87">
-        <v>135</v>
+        <v>5000</v>
       </c>
       <c r="E87">
-        <v>409.09</v>
+        <v>250</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
-      <c r="H87"/>
+      <c r="H87" t="s">
+        <v>100</v>
+      </c>
       <c r="I87" t="s">
         <v>21</v>
       </c>
-      <c r="J87"/>
+      <c r="J87" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B88">
-        <v>0.75</v>
+        <v>20</v>
       </c>
       <c r="C88">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="D88">
-        <v>265</v>
+        <v>5000</v>
       </c>
       <c r="E88">
-        <v>353.33</v>
+        <v>250</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88"/>
       <c r="I88" t="s">
         <v>21</v>
       </c>
       <c r="J88"/>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B89">
         <v>0.33</v>
       </c>
       <c r="C89">
-        <v>169</v>
+        <v>51</v>
       </c>
       <c r="D89">
         <v>135</v>
       </c>
       <c r="E89">
         <v>409.09</v>
       </c>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89"/>
       <c r="I89" t="s">
         <v>21</v>
       </c>
       <c r="J89"/>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B90">
-        <v>20</v>
+        <v>0.75</v>
       </c>
       <c r="C90">
-        <v>6</v>
+        <v>89</v>
       </c>
       <c r="D90">
-        <v>4700</v>
+        <v>265</v>
       </c>
       <c r="E90">
-        <v>235</v>
+        <v>353.33</v>
       </c>
       <c r="F90"/>
       <c r="G90"/>
-      <c r="H90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H90"/>
       <c r="I90" t="s">
         <v>21</v>
       </c>
-      <c r="J90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J90"/>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B91">
-        <v>30</v>
+        <v>0.33</v>
       </c>
       <c r="C91">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D91">
-        <v>5400</v>
+        <v>135</v>
       </c>
       <c r="E91">
-        <v>180</v>
+        <v>409.09</v>
       </c>
       <c r="F91"/>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
       <c r="I91" t="s">
         <v>21</v>
       </c>
-      <c r="J91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J91"/>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C92">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="D92">
-        <v>125</v>
+        <v>265</v>
       </c>
       <c r="E92">
-        <v>277.78</v>
+        <v>353.33</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
-      <c r="H92"/>
+      <c r="H92" t="s">
+        <v>100</v>
+      </c>
       <c r="I92" t="s">
         <v>21</v>
       </c>
-      <c r="J92"/>
+      <c r="J92" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>124</v>
       </c>
       <c r="B93">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C93">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D93">
-        <v>125</v>
+        <v>4200</v>
       </c>
       <c r="E93">
-        <v>277.78</v>
+        <v>140</v>
       </c>
       <c r="F93"/>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>102</v>
+      </c>
       <c r="I93" t="s">
         <v>21</v>
       </c>
-      <c r="J93"/>
+      <c r="J93" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>125</v>
       </c>
       <c r="B94">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C94">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D94">
-        <v>5180</v>
+        <v>5610</v>
       </c>
       <c r="E94">
-        <v>259</v>
+        <v>187</v>
       </c>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="I94" t="s">
         <v>21</v>
       </c>
       <c r="J94" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>126</v>
       </c>
       <c r="B95">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C95">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="D95">
-        <v>125</v>
+        <v>5400</v>
       </c>
       <c r="E95">
-        <v>277.78</v>
+        <v>180</v>
       </c>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="I95" t="s">
         <v>21</v>
       </c>
       <c r="J95" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>127</v>
       </c>
       <c r="B96">
         <v>0.45</v>
       </c>
       <c r="C96">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="D96">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E96">
-        <v>288.89</v>
+        <v>277.78</v>
       </c>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I96" t="s">
         <v>21</v>
       </c>
       <c r="J96" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>128</v>
       </c>
       <c r="B97">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C97">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="D97">
-        <v>120</v>
+        <v>3900</v>
       </c>
       <c r="E97">
-        <v>266.67</v>
+        <v>195</v>
       </c>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="I97" t="s">
         <v>21</v>
       </c>
       <c r="J97" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B98">
-        <v>0.44</v>
+        <v>0.45</v>
       </c>
       <c r="C98">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D98">
-        <v>200</v>
+        <v>125</v>
       </c>
       <c r="E98">
-        <v>454.55</v>
+        <v>277.78</v>
       </c>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="I98" t="s">
         <v>21</v>
       </c>
       <c r="J98" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B99">
-        <v>0.44</v>
+        <v>20</v>
       </c>
       <c r="C99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D99">
-        <v>225</v>
+        <v>5140</v>
       </c>
       <c r="E99">
-        <v>511.36</v>
+        <v>257</v>
       </c>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="I99" t="s">
         <v>21</v>
       </c>
       <c r="J99" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B100">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C100">
-        <v>132</v>
+        <v>1</v>
       </c>
       <c r="D100">
-        <v>150</v>
+        <v>5180</v>
       </c>
       <c r="E100">
-        <v>333.33</v>
+        <v>259</v>
       </c>
       <c r="F100"/>
       <c r="G100"/>
-      <c r="H100"/>
+      <c r="H100" t="s">
+        <v>100</v>
+      </c>
       <c r="I100" t="s">
         <v>21</v>
       </c>
-      <c r="J100"/>
+      <c r="J100" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B101">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C101">
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="D101">
-        <v>6000</v>
+        <v>130</v>
       </c>
       <c r="E101">
-        <v>200</v>
+        <v>288.89</v>
       </c>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="I101" t="s">
         <v>21</v>
       </c>
       <c r="J101" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B102">
-        <v>10</v>
+        <v>0.45</v>
       </c>
       <c r="C102">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D102">
-        <v>2100</v>
+        <v>120</v>
       </c>
       <c r="E102">
-        <v>210</v>
+        <v>266.67</v>
       </c>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I102" t="s">
         <v>21</v>
       </c>
       <c r="J102" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B103">
         <v>0.44</v>
       </c>
       <c r="C103">
-        <v>539</v>
+        <v>3</v>
       </c>
       <c r="D103">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="E103">
-        <v>431.82</v>
+        <v>454.55</v>
       </c>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I103" t="s">
         <v>21</v>
       </c>
       <c r="J103" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>137</v>
       </c>
       <c r="B104">
         <v>0.44</v>
       </c>
       <c r="C104">
-        <v>240</v>
+        <v>11</v>
       </c>
       <c r="D104">
-        <v>147</v>
+        <v>215</v>
       </c>
       <c r="E104">
-        <v>334.09</v>
+        <v>488.64</v>
       </c>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I104" t="s">
         <v>21</v>
       </c>
       <c r="J104" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B105">
         <v>30</v>
       </c>
       <c r="C105">
-        <v>73</v>
+        <v>3</v>
       </c>
       <c r="D105">
-        <v>5700</v>
+        <v>6000</v>
       </c>
       <c r="E105">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I105" t="s">
         <v>21</v>
       </c>
       <c r="J105" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B106">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C106">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D106">
-        <v>6750</v>
+        <v>2100</v>
       </c>
       <c r="E106">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I106" t="s">
         <v>21</v>
       </c>
       <c r="J106" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B107">
-        <v>0.33</v>
+        <v>0.44</v>
       </c>
       <c r="C107">
-        <v>299</v>
+        <v>269</v>
       </c>
       <c r="D107">
-        <v>107</v>
+        <v>190</v>
       </c>
       <c r="E107">
-        <v>324.24</v>
+        <v>431.82</v>
       </c>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I107" t="s">
         <v>21</v>
       </c>
       <c r="J107" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B108">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C108">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D108">
-        <v>150</v>
+        <v>5700</v>
       </c>
       <c r="E108">
-        <v>333.33</v>
+        <v>190</v>
       </c>
       <c r="F108"/>
       <c r="G108"/>
-      <c r="H108"/>
+      <c r="H108" t="s">
+        <v>136</v>
+      </c>
       <c r="I108" t="s">
         <v>21</v>
       </c>
-      <c r="J108"/>
+      <c r="J108" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B109">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C109">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D109">
-        <v>215</v>
+        <v>6750</v>
       </c>
       <c r="E109">
-        <v>488.64</v>
+        <v>225</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I109" t="s">
         <v>21</v>
       </c>
       <c r="J109" t="s">
-        <v>143</v>
+        <v>34</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>144</v>
       </c>
       <c r="B110">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C110">
-        <v>2</v>
+        <v>92</v>
       </c>
       <c r="D110">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="E110">
-        <v>300</v>
+        <v>324.24</v>
       </c>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I110" t="s">
         <v>21</v>
       </c>
       <c r="J110" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>145</v>
       </c>
       <c r="B111">
-        <v>0.33</v>
+        <v>0.44</v>
       </c>
       <c r="C111">
-        <v>80</v>
+        <v>7</v>
       </c>
       <c r="D111">
-        <v>152</v>
+        <v>215</v>
       </c>
       <c r="E111">
-        <v>460.61</v>
+        <v>488.64</v>
       </c>
       <c r="F111"/>
       <c r="G111"/>
-      <c r="H111"/>
+      <c r="H111" t="s">
+        <v>136</v>
+      </c>
       <c r="I111" t="s">
         <v>21</v>
       </c>
-      <c r="J111"/>
+      <c r="J111" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>146</v>
       </c>
       <c r="B112">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C112">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D112">
-        <v>229</v>
+        <v>6000</v>
       </c>
       <c r="E112">
-        <v>508.89</v>
+        <v>200</v>
       </c>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>147</v>
       </c>
       <c r="I112" t="s">
         <v>21</v>
       </c>
       <c r="J112" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>148</v>
       </c>
       <c r="B113">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C113">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D113">
-        <v>8180</v>
+        <v>229</v>
       </c>
       <c r="E113">
-        <v>409</v>
+        <v>508.89</v>
       </c>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I113" t="s">
         <v>21</v>
       </c>
       <c r="J113" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B114">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C114">
-        <v>831</v>
+        <v>10</v>
       </c>
       <c r="D114">
-        <v>219</v>
+        <v>8180</v>
       </c>
       <c r="E114">
-        <v>438</v>
+        <v>409</v>
       </c>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I114" t="s">
         <v>21</v>
       </c>
       <c r="J114" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B115">
         <v>0.5</v>
       </c>
       <c r="C115">
-        <v>1566</v>
+        <v>398</v>
       </c>
       <c r="D115">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="E115">
-        <v>518</v>
+        <v>438</v>
       </c>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I115" t="s">
         <v>21</v>
       </c>
       <c r="J115" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B116">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C116">
-        <v>1</v>
+        <v>732</v>
       </c>
       <c r="D116">
-        <v>7500</v>
+        <v>259</v>
       </c>
       <c r="E116">
-        <v>375</v>
+        <v>518</v>
       </c>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I116" t="s">
         <v>21</v>
       </c>
       <c r="J116" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B117">
         <v>0.5</v>
       </c>
       <c r="C117">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="D117">
         <v>199</v>
       </c>
       <c r="E117">
         <v>398</v>
       </c>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I117" t="s">
         <v>21</v>
       </c>
       <c r="J117" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B118">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C118">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="D118">
-        <v>249</v>
+        <v>7500</v>
       </c>
       <c r="E118">
-        <v>498</v>
+        <v>375</v>
       </c>
       <c r="F118"/>
       <c r="G118"/>
-      <c r="H118"/>
+      <c r="H118" t="s">
+        <v>149</v>
+      </c>
       <c r="I118" t="s">
         <v>21</v>
       </c>
-      <c r="J118"/>
+      <c r="J118" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B119">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C119">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="D119">
-        <v>229</v>
+        <v>199</v>
       </c>
       <c r="E119">
-        <v>508.89</v>
+        <v>398</v>
       </c>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I119" t="s">
         <v>21</v>
       </c>
       <c r="J119" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B120">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C120">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D120">
-        <v>299</v>
+        <v>229</v>
       </c>
       <c r="E120">
-        <v>598</v>
+        <v>508.89</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I120" t="s">
         <v>21</v>
       </c>
       <c r="J120" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B121">
         <v>20</v>
       </c>
       <c r="C121">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D121">
-        <v>9700</v>
+        <v>8780</v>
       </c>
       <c r="E121">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I121" t="s">
         <v>21</v>
       </c>
       <c r="J121" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B122">
         <v>0.5</v>
       </c>
       <c r="C122">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D122">
-        <v>379</v>
+        <v>270</v>
       </c>
       <c r="E122">
-        <v>758</v>
+        <v>540</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I122" t="s">
         <v>21</v>
       </c>
       <c r="J122" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B123">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C123">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="D123">
-        <v>199</v>
+        <v>229</v>
       </c>
       <c r="E123">
-        <v>398</v>
+        <v>508.89</v>
       </c>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I123" t="s">
         <v>21</v>
       </c>
       <c r="J123" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B124">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C124">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="D124">
-        <v>215</v>
+        <v>9700</v>
       </c>
       <c r="E124">
-        <v>477.78</v>
+        <v>485</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I124" t="s">
         <v>21</v>
       </c>
       <c r="J124" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B125">
         <v>0.5</v>
       </c>
       <c r="C125">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D125">
-        <v>255</v>
+        <v>379</v>
       </c>
       <c r="E125">
-        <v>510</v>
+        <v>758</v>
       </c>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I125" t="s">
         <v>21</v>
       </c>
       <c r="J125" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B126">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C126">
-        <v>229</v>
+        <v>8</v>
       </c>
       <c r="D126">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="E126">
-        <v>350</v>
+        <v>477.78</v>
       </c>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I126" t="s">
         <v>21</v>
       </c>
       <c r="J126" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B127">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C127">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D127">
-        <v>6180</v>
+        <v>255</v>
       </c>
       <c r="E127">
-        <v>309</v>
+        <v>510</v>
       </c>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I127" t="s">
         <v>21</v>
       </c>
       <c r="J127" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B128">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C128">
-        <v>3</v>
+        <v>237</v>
       </c>
       <c r="D128">
-        <v>210</v>
+        <v>175</v>
       </c>
       <c r="E128">
-        <v>466.67</v>
+        <v>350</v>
       </c>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I128" t="s">
         <v>21</v>
       </c>
       <c r="J128" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B129">
         <v>20</v>
       </c>
       <c r="C129">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D129">
-        <v>7380</v>
+        <v>6180</v>
       </c>
       <c r="E129">
-        <v>369</v>
+        <v>309</v>
       </c>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I129" t="s">
         <v>21</v>
       </c>
       <c r="J129" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B130">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C130">
-        <v>747</v>
+        <v>171</v>
       </c>
       <c r="D130">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E130">
-        <v>400</v>
+        <v>466.67</v>
       </c>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I130" t="s">
         <v>21</v>
       </c>
       <c r="J130" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B131">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C131">
-        <v>4</v>
+        <v>684</v>
       </c>
       <c r="D131">
-        <v>7300</v>
+        <v>200</v>
       </c>
       <c r="E131">
-        <v>365</v>
+        <v>400</v>
       </c>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I131" t="s">
         <v>21</v>
       </c>
       <c r="J131" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B132">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C132">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D132">
-        <v>175</v>
+        <v>7300</v>
       </c>
       <c r="E132">
-        <v>350</v>
+        <v>365</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I132" t="s">
         <v>21</v>
       </c>
       <c r="J132" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B133">
         <v>0.5</v>
       </c>
       <c r="C133">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D133">
-        <v>375</v>
+        <v>175</v>
       </c>
       <c r="E133">
-        <v>750</v>
+        <v>350</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
-      <c r="H133"/>
+      <c r="H133" t="s">
+        <v>149</v>
+      </c>
       <c r="I133" t="s">
         <v>21</v>
       </c>
-      <c r="J133"/>
+      <c r="J133" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B134">
         <v>0.5</v>
       </c>
       <c r="C134">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="D134">
-        <v>249</v>
+        <v>375</v>
       </c>
       <c r="E134">
-        <v>498</v>
+        <v>750</v>
       </c>
       <c r="F134"/>
       <c r="G134"/>
-      <c r="H134"/>
+      <c r="H134" t="s">
+        <v>149</v>
+      </c>
       <c r="I134" t="s">
         <v>21</v>
       </c>
-      <c r="J134"/>
+      <c r="J134" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B135">
-        <v>0.5</v>
+        <v>0.33</v>
       </c>
       <c r="C135">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="D135">
-        <v>249</v>
+        <v>215</v>
       </c>
       <c r="E135">
-        <v>498</v>
+        <v>651.52</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I135" t="s">
         <v>21</v>
       </c>
       <c r="J135" t="s">
-        <v>143</v>
+        <v>41</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B136">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C136">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D136">
-        <v>199</v>
+        <v>249</v>
       </c>
       <c r="E136">
-        <v>442.22</v>
+        <v>498</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I136" t="s">
         <v>21</v>
       </c>
       <c r="J136" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B137">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C137">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D137">
-        <v>4200</v>
+        <v>249</v>
       </c>
       <c r="E137">
-        <v>140</v>
+        <v>498</v>
       </c>
       <c r="F137"/>
       <c r="G137"/>
-      <c r="H137"/>
+      <c r="H137" t="s">
+        <v>149</v>
+      </c>
       <c r="I137" t="s">
         <v>21</v>
       </c>
-      <c r="J137"/>
+      <c r="J137" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B138">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C138">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D138">
-        <v>4350</v>
+        <v>199</v>
       </c>
       <c r="E138">
-        <v>145</v>
+        <v>442.22</v>
       </c>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="I138" t="s">
         <v>21</v>
       </c>
       <c r="J138" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>175</v>
       </c>
       <c r="B139">
         <v>0.5</v>
       </c>
       <c r="C139">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D139">
-        <v>195</v>
+        <v>259</v>
       </c>
       <c r="E139">
-        <v>390</v>
+        <v>518</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>176</v>
+        <v>149</v>
       </c>
       <c r="I139" t="s">
         <v>21</v>
       </c>
       <c r="J139" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B140">
         <v>0.5</v>
       </c>
       <c r="C140">
-        <v>65</v>
+        <v>132</v>
       </c>
       <c r="D140">
-        <v>195</v>
+        <v>269</v>
       </c>
       <c r="E140">
-        <v>390</v>
+        <v>538</v>
       </c>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>176</v>
+        <v>149</v>
       </c>
       <c r="I140" t="s">
         <v>21</v>
       </c>
       <c r="J140" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B141">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C141">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D141">
-        <v>195</v>
+        <v>4200</v>
       </c>
       <c r="E141">
-        <v>590.91</v>
+        <v>140</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I141" t="s">
         <v>21</v>
       </c>
       <c r="J141" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>179</v>
       </c>
       <c r="B142">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C142">
-        <v>136</v>
+        <v>14</v>
       </c>
       <c r="D142">
-        <v>195</v>
+        <v>4350</v>
       </c>
       <c r="E142">
-        <v>390</v>
+        <v>145</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I142" t="s">
         <v>21</v>
       </c>
       <c r="J142" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>180</v>
       </c>
       <c r="B143">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C143">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="D143">
         <v>195</v>
       </c>
       <c r="E143">
-        <v>590.91</v>
+        <v>390</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="I143" t="s">
         <v>21</v>
       </c>
       <c r="J143" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B144">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C144">
-        <v>35</v>
+        <v>113</v>
       </c>
       <c r="D144">
         <v>195</v>
       </c>
       <c r="E144">
-        <v>590.91</v>
+        <v>390</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="I144" t="s">
         <v>21</v>
       </c>
       <c r="J144" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B145">
         <v>0.33</v>
       </c>
       <c r="C145">
-        <v>186</v>
+        <v>57</v>
       </c>
       <c r="D145">
         <v>195</v>
       </c>
       <c r="E145">
         <v>590.91</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="I145" t="s">
         <v>21</v>
       </c>
       <c r="J145" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B146">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C146">
-        <v>33</v>
+        <v>390</v>
       </c>
       <c r="D146">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="E146">
-        <v>515.15</v>
+        <v>390</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I146" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="J146" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>185</v>
       </c>
       <c r="B147">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C147">
-        <v>208</v>
+        <v>88</v>
       </c>
       <c r="D147">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="E147">
-        <v>322.22</v>
+        <v>590.91</v>
       </c>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="I147" t="s">
         <v>21</v>
       </c>
       <c r="J147" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B148">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C148">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="D148">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="E148">
-        <v>333.33</v>
+        <v>590.91</v>
       </c>
       <c r="F148"/>
       <c r="G148"/>
-      <c r="H148"/>
+      <c r="H148" t="s">
+        <v>181</v>
+      </c>
       <c r="I148" t="s">
         <v>21</v>
       </c>
-      <c r="J148"/>
+      <c r="J148" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B149">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C149">
-        <v>1521</v>
+        <v>114</v>
       </c>
       <c r="D149">
-        <v>120</v>
+        <v>195</v>
       </c>
       <c r="E149">
-        <v>266.67</v>
+        <v>590.91</v>
       </c>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="I149" t="s">
         <v>21</v>
       </c>
       <c r="J149" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B150">
-        <v>30</v>
+        <v>0.4</v>
       </c>
       <c r="C150">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D150">
-        <v>6900</v>
+        <v>95</v>
       </c>
       <c r="E150">
-        <v>230</v>
+        <v>237.5</v>
       </c>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="I150" t="s">
         <v>21</v>
       </c>
       <c r="J150" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>190</v>
       </c>
       <c r="B151">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C151">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="D151">
-        <v>65</v>
+        <v>3900</v>
       </c>
       <c r="E151">
-        <v>196.97</v>
+        <v>130</v>
       </c>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
       <c r="I151" t="s">
         <v>21</v>
       </c>
       <c r="J151"/>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>191</v>
       </c>
       <c r="B152">
         <v>0.33</v>
       </c>
       <c r="C152">
-        <v>48</v>
+        <v>92</v>
       </c>
       <c r="D152">
-        <v>75</v>
+        <v>170</v>
       </c>
       <c r="E152">
-        <v>227.27</v>
+        <v>515.15</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>192</v>
       </c>
       <c r="I152" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="J152" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>193</v>
       </c>
       <c r="B153">
         <v>0.45</v>
       </c>
       <c r="C153">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="D153">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="E153">
-        <v>308.89</v>
+        <v>333.33</v>
       </c>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>194</v>
       </c>
       <c r="I153" t="s">
         <v>21</v>
       </c>
       <c r="J153" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>195</v>
       </c>
       <c r="B154">
         <v>0.45</v>
       </c>
       <c r="C154">
-        <v>1394</v>
+        <v>643</v>
       </c>
       <c r="D154">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="E154">
-        <v>348.89</v>
+        <v>266.67</v>
       </c>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>194</v>
       </c>
       <c r="I154" t="s">
         <v>21</v>
       </c>
       <c r="J154" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>196</v>
       </c>
       <c r="B155">
         <v>30</v>
       </c>
       <c r="C155">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D155">
-        <v>7350</v>
+        <v>6900</v>
       </c>
       <c r="E155">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>194</v>
       </c>
       <c r="I155" t="s">
         <v>21</v>
       </c>
       <c r="J155" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>197</v>
       </c>
       <c r="B156">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C156">
-        <v>1233</v>
+        <v>46</v>
       </c>
       <c r="D156">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="E156">
-        <v>348.89</v>
+        <v>196.97</v>
       </c>
       <c r="F156"/>
       <c r="G156"/>
-      <c r="H156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H156"/>
       <c r="I156" t="s">
         <v>21</v>
       </c>
-      <c r="J156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J156"/>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>198</v>
       </c>
       <c r="B157">
         <v>0.33</v>
       </c>
       <c r="C157">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D157">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="E157">
-        <v>424.24</v>
+        <v>227.27</v>
       </c>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>95</v>
+        <v>199</v>
       </c>
       <c r="I157" t="s">
         <v>21</v>
       </c>
       <c r="J157" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B158">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C158">
-        <v>60</v>
+        <v>1206</v>
       </c>
       <c r="D158">
-        <v>279</v>
+        <v>157</v>
       </c>
       <c r="E158">
-        <v>372</v>
+        <v>348.89</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>95</v>
+        <v>201</v>
       </c>
       <c r="I158" t="s">
         <v>21</v>
       </c>
       <c r="J158" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B159">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C159">
-        <v>221</v>
+        <v>1097</v>
       </c>
       <c r="D159">
-        <v>279</v>
+        <v>157</v>
       </c>
       <c r="E159">
-        <v>372</v>
+        <v>348.89</v>
       </c>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>95</v>
+        <v>201</v>
       </c>
       <c r="I159" t="s">
         <v>21</v>
       </c>
       <c r="J159" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B160">
         <v>0.33</v>
       </c>
       <c r="C160">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D160">
         <v>140</v>
       </c>
       <c r="E160">
         <v>424.24</v>
       </c>
       <c r="F160"/>
       <c r="G160"/>
-      <c r="H160"/>
+      <c r="H160" t="s">
+        <v>100</v>
+      </c>
       <c r="I160" t="s">
         <v>21</v>
       </c>
-      <c r="J160"/>
+      <c r="J160" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B161">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C161">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="D161">
-        <v>140</v>
+        <v>279</v>
       </c>
       <c r="E161">
-        <v>424.24</v>
+        <v>372</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I161" t="s">
         <v>21</v>
       </c>
       <c r="J161" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B162">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C162">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="D162">
-        <v>135</v>
+        <v>279</v>
       </c>
       <c r="E162">
-        <v>300</v>
+        <v>372</v>
       </c>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>204</v>
+        <v>100</v>
       </c>
       <c r="I162" t="s">
         <v>21</v>
       </c>
       <c r="J162" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B163">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C163">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="D163">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="E163">
-        <v>355.56</v>
+        <v>424.24</v>
       </c>
       <c r="F163"/>
       <c r="G163"/>
-      <c r="H163" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H163"/>
       <c r="I163" t="s">
         <v>21</v>
       </c>
-      <c r="J163" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J163"/>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B164">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C164">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="D164">
-        <v>185</v>
+        <v>140</v>
       </c>
       <c r="E164">
-        <v>411.11</v>
+        <v>424.24</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>204</v>
+        <v>100</v>
       </c>
       <c r="I164" t="s">
         <v>21</v>
       </c>
       <c r="J164" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B165">
         <v>0.45</v>
       </c>
       <c r="C165">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D165">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="E165">
-        <v>397.78</v>
+        <v>355.56</v>
       </c>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="I165" t="s">
         <v>21</v>
       </c>
       <c r="J165" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B166">
         <v>0.45</v>
       </c>
       <c r="C166">
-        <v>272</v>
+        <v>1</v>
       </c>
       <c r="D166">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="E166">
-        <v>397.78</v>
+        <v>411.11</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="I166" t="s">
         <v>21</v>
       </c>
       <c r="J166" t="s">
-        <v>143</v>
+        <v>41</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B167">
         <v>0.45</v>
       </c>
       <c r="C167">
-        <v>75</v>
+        <v>1</v>
       </c>
       <c r="D167">
         <v>155</v>
       </c>
       <c r="E167">
         <v>344.44</v>
       </c>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="I167" t="s">
         <v>21</v>
       </c>
       <c r="J167" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B168">
         <v>0.45</v>
       </c>
       <c r="C168">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D168">
-        <v>225</v>
+        <v>275</v>
       </c>
       <c r="E168">
-        <v>500</v>
+        <v>611.11</v>
       </c>
       <c r="F168"/>
       <c r="G168"/>
-      <c r="H168"/>
+      <c r="H168" t="s">
+        <v>213</v>
+      </c>
       <c r="I168" t="s">
         <v>21</v>
       </c>
-      <c r="J168"/>
+      <c r="J168" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B169">
         <v>0.45</v>
       </c>
       <c r="C169">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="D169">
-        <v>247</v>
+        <v>225</v>
       </c>
       <c r="E169">
-        <v>548.89</v>
+        <v>500</v>
       </c>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I169" t="s">
         <v>21</v>
       </c>
       <c r="J169" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B170">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C170">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D170">
-        <v>297</v>
+        <v>275</v>
       </c>
       <c r="E170">
-        <v>594</v>
+        <v>611.11</v>
       </c>
       <c r="F170"/>
       <c r="G170"/>
-      <c r="H170"/>
+      <c r="H170" t="s">
+        <v>213</v>
+      </c>
       <c r="I170" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J170"/>
+        <v>21</v>
+      </c>
+      <c r="J170" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B171">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C171">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="D171">
-        <v>14700</v>
+        <v>259</v>
       </c>
       <c r="E171">
-        <v>490</v>
+        <v>575.56</v>
       </c>
       <c r="F171"/>
       <c r="G171"/>
-      <c r="H171"/>
+      <c r="H171" t="s">
+        <v>213</v>
+      </c>
       <c r="I171" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J171"/>
+        <v>21</v>
+      </c>
+      <c r="J171" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B172">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C172">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="D172">
-        <v>199</v>
+        <v>250</v>
       </c>
       <c r="E172">
-        <v>398</v>
+        <v>555.56</v>
       </c>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="I172" t="s">
         <v>21</v>
       </c>
       <c r="J172" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B173">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C173">
-        <v>203</v>
+        <v>69</v>
       </c>
       <c r="D173">
-        <v>220</v>
+        <v>259</v>
       </c>
       <c r="E173">
-        <v>440</v>
+        <v>575.56</v>
       </c>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="I173" t="s">
         <v>21</v>
       </c>
       <c r="J173" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B174">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C174">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D174">
-        <v>6300</v>
+        <v>199</v>
       </c>
       <c r="E174">
-        <v>210</v>
+        <v>398</v>
       </c>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I174" t="s">
         <v>21</v>
       </c>
       <c r="J174" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B175">
         <v>0.5</v>
       </c>
       <c r="C175">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="D175">
         <v>220</v>
       </c>
       <c r="E175">
         <v>440</v>
       </c>
       <c r="F175"/>
       <c r="G175"/>
-      <c r="H175"/>
+      <c r="H175" t="s">
+        <v>220</v>
+      </c>
       <c r="I175" t="s">
         <v>21</v>
       </c>
-      <c r="J175"/>
+      <c r="J175" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B176">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C176">
-        <v>790</v>
+        <v>7</v>
       </c>
       <c r="D176">
-        <v>250</v>
+        <v>6300</v>
       </c>
       <c r="E176">
-        <v>757.58</v>
+        <v>210</v>
       </c>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I176" t="s">
-        <v>223</v>
+        <v>21</v>
       </c>
       <c r="J176" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>224</v>
       </c>
       <c r="B177">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C177">
-        <v>280</v>
+        <v>142</v>
       </c>
       <c r="D177">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="E177">
-        <v>757.58</v>
+        <v>440</v>
       </c>
       <c r="F177"/>
       <c r="G177"/>
-      <c r="H177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H177"/>
       <c r="I177" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="J177"/>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>225</v>
       </c>
       <c r="B178">
         <v>0.44</v>
       </c>
       <c r="C178">
-        <v>490</v>
+        <v>153</v>
       </c>
       <c r="D178">
         <v>100</v>
       </c>
       <c r="E178">
         <v>227.27</v>
       </c>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>226</v>
       </c>
       <c r="I178" t="s">
         <v>21</v>
       </c>
       <c r="J178" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>227</v>
       </c>
       <c r="B179">
-        <v>0.44</v>
+        <v>0.45</v>
       </c>
       <c r="C179">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="D179">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="E179">
-        <v>311.36</v>
+        <v>411.11</v>
       </c>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="I179"/>
       <c r="J179" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B180">
         <v>0.45</v>
       </c>
       <c r="C180">
-        <v>423</v>
+        <v>6</v>
       </c>
       <c r="D180">
         <v>185</v>
       </c>
       <c r="E180">
         <v>411.11</v>
       </c>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>230</v>
       </c>
       <c r="B181">
         <v>0.45</v>
       </c>
       <c r="C181">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D181">
         <v>185</v>
       </c>
       <c r="E181">
         <v>411.11</v>
       </c>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>231</v>
       </c>
       <c r="B182">
         <v>0.45</v>
       </c>
       <c r="C182">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="D182">
         <v>185</v>
       </c>
       <c r="E182">
         <v>411.11</v>
       </c>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>232</v>
       </c>
       <c r="B183">
         <v>0.45</v>
       </c>
       <c r="C183">
-        <v>128</v>
+        <v>456</v>
       </c>
       <c r="D183">
         <v>185</v>
       </c>
       <c r="E183">
         <v>411.11</v>
       </c>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>233</v>
       </c>
       <c r="B184">
         <v>0.45</v>
       </c>
       <c r="C184">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D184">
         <v>185</v>
       </c>
       <c r="E184">
         <v>411.11</v>
       </c>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>234</v>
       </c>
       <c r="B185">
         <v>0.45</v>
       </c>
       <c r="C185">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="D185">
         <v>185</v>
       </c>
       <c r="E185">
         <v>411.11</v>
       </c>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>235</v>
       </c>
       <c r="B186">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C186">
-        <v>94</v>
+        <v>309</v>
       </c>
       <c r="D186">
-        <v>185</v>
+        <v>7500</v>
       </c>
       <c r="E186">
-        <v>411.11</v>
+        <v>250</v>
       </c>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="I186"/>
+        <v>236</v>
+      </c>
+      <c r="I186" t="s">
+        <v>21</v>
+      </c>
       <c r="J186" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B187">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C187">
-        <v>75</v>
+        <v>723</v>
       </c>
       <c r="D187">
-        <v>185</v>
+        <v>7500</v>
       </c>
       <c r="E187">
-        <v>411.11</v>
+        <v>250</v>
       </c>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="I187"/>
+        <v>236</v>
+      </c>
+      <c r="I187" t="s">
+        <v>21</v>
+      </c>
       <c r="J187" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B188">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C188">
-        <v>1218</v>
+        <v>5</v>
       </c>
       <c r="D188">
-        <v>7500</v>
+        <v>5800</v>
       </c>
       <c r="E188">
-        <v>250</v>
+        <v>290</v>
       </c>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I188" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="J188" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B189">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C189">
-        <v>938</v>
+        <v>25</v>
       </c>
       <c r="D189">
-        <v>7500</v>
+        <v>337</v>
       </c>
       <c r="E189">
-        <v>250</v>
+        <v>674</v>
       </c>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="I189" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="J189" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B190">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C190">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="D190">
-        <v>140</v>
+        <v>360</v>
       </c>
       <c r="E190">
-        <v>311.11</v>
+        <v>720</v>
       </c>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I190" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="J190" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B191">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C191">
-        <v>5</v>
+        <v>83</v>
       </c>
       <c r="D191">
-        <v>5800</v>
+        <v>140</v>
       </c>
       <c r="E191">
-        <v>290</v>
+        <v>311.11</v>
       </c>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="I191" t="s">
-        <v>244</v>
+        <v>21</v>
       </c>
       <c r="J191" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B192">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C192">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D192">
-        <v>6750</v>
+        <v>179</v>
       </c>
       <c r="E192">
-        <v>225</v>
+        <v>358</v>
       </c>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I192" t="s">
         <v>21</v>
       </c>
       <c r="J192" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B193">
         <v>0.5</v>
       </c>
       <c r="C193">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="D193">
-        <v>337</v>
+        <v>179</v>
       </c>
       <c r="E193">
-        <v>674</v>
+        <v>358</v>
       </c>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>248</v>
       </c>
       <c r="I193" t="s">
-        <v>249</v>
+        <v>21</v>
       </c>
       <c r="J193" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>250</v>
       </c>
       <c r="B194">
         <v>0.5</v>
       </c>
       <c r="C194">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="D194">
-        <v>360</v>
+        <v>179</v>
       </c>
       <c r="E194">
-        <v>720</v>
+        <v>358</v>
       </c>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>248</v>
       </c>
       <c r="I194" t="s">
-        <v>249</v>
+        <v>21</v>
       </c>
       <c r="J194" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>251</v>
       </c>
       <c r="B195">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C195">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="D195">
-        <v>140</v>
+        <v>179</v>
       </c>
       <c r="E195">
-        <v>311.11</v>
+        <v>358</v>
       </c>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="I195" t="s">
         <v>21</v>
       </c>
       <c r="J195" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B196">
+        <v>0.5</v>
+      </c>
+      <c r="C196">
         <v>30</v>
       </c>
-      <c r="C196">
-[...1 lines deleted...]
-      </c>
       <c r="D196">
-        <v>8700</v>
+        <v>179</v>
       </c>
       <c r="E196">
-        <v>290</v>
+        <v>358</v>
       </c>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="I196" t="s">
         <v>21</v>
       </c>
       <c r="J196" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B197">
         <v>0.5</v>
       </c>
       <c r="C197">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="D197">
         <v>179</v>
       </c>
       <c r="E197">
         <v>358</v>
       </c>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I197" t="s">
         <v>21</v>
       </c>
       <c r="J197" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B198">
         <v>0.5</v>
       </c>
       <c r="C198">
-        <v>418</v>
+        <v>2</v>
       </c>
       <c r="D198">
         <v>179</v>
       </c>
       <c r="E198">
         <v>358</v>
       </c>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I198" t="s">
         <v>21</v>
       </c>
       <c r="J198" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B199">
         <v>0.5</v>
       </c>
       <c r="C199">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="D199">
         <v>179</v>
       </c>
       <c r="E199">
         <v>358</v>
       </c>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I199" t="s">
         <v>21</v>
       </c>
       <c r="J199" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B200">
         <v>0.5</v>
       </c>
       <c r="C200">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="D200">
         <v>179</v>
       </c>
       <c r="E200">
         <v>358</v>
       </c>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I200" t="s">
         <v>21</v>
       </c>
       <c r="J200" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B201">
         <v>0.5</v>
       </c>
       <c r="C201">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="D201">
         <v>179</v>
       </c>
       <c r="E201">
         <v>358</v>
       </c>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I201" t="s">
         <v>21</v>
       </c>
       <c r="J201" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B202">
         <v>0.5</v>
       </c>
       <c r="C202">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="D202">
         <v>179</v>
       </c>
       <c r="E202">
         <v>358</v>
       </c>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I202" t="s">
         <v>21</v>
       </c>
       <c r="J202" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B203">
         <v>0.5</v>
       </c>
       <c r="C203">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D203">
         <v>179</v>
       </c>
       <c r="E203">
         <v>358</v>
       </c>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="I203" t="s">
         <v>21</v>
       </c>
       <c r="J203" t="s">
-        <v>68</v>
-[...167 lines deleted...]
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>