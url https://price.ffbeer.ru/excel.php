--- v1 (2025-12-07)
+++ v2 (2026-02-17)
@@ -9,830 +9,857 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Объем</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена за литр</t>
   </si>
   <si>
     <t>Тара</t>
   </si>
   <si>
     <t>Напиток</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Стиль</t>
   </si>
   <si>
-    <t>Айнзидлер Вайсбир, 20/0,5 бут</t>
+    <t>Айнзидлер Клауснер Пилс, бочка ПЭТ (А) 30л</t>
   </si>
   <si>
     <t>Einsiedler</t>
   </si>
   <si>
     <t>Германия</t>
   </si>
   <si>
+    <t>Классическое Пиво</t>
+  </si>
+  <si>
+    <t>Айнзидлер Пилснер, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Айнзидлер Шварцбир, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Стауты, Портеры, Тёмные Лагеры</t>
+  </si>
+  <si>
+    <t>АФФ Блонд, бочка 30л.</t>
+  </si>
+  <si>
+    <t>A.f.f.</t>
+  </si>
+  <si>
+    <t>Россия</t>
+  </si>
+  <si>
+    <t>Крепкое Пиво</t>
+  </si>
+  <si>
+    <t>Баден бир Вайс, кега 30л</t>
+  </si>
+  <si>
+    <t>Baden Bier</t>
+  </si>
+  <si>
     <t>Пшеничное / Нефильтрованное Пиво</t>
   </si>
   <si>
-    <t>Айнзидлер Клауснер Пилс, бочка ПЭТ (А) 30л</t>
-[...34 lines deleted...]
-  <si>
     <t>Балтика №10 Юбилейное  12/0,5 бут</t>
   </si>
   <si>
     <t>Балтика</t>
   </si>
   <si>
     <t>Балтика №3, 20/0,5 бут</t>
   </si>
   <si>
     <t>Балтика №4 Ржаной Эль  12/ 0,5 бут</t>
   </si>
   <si>
+    <t>Столовые Эли</t>
+  </si>
+  <si>
     <t>Балтика Безалгольное Светлое 0 б/а, 20/0,5 бут</t>
   </si>
   <si>
     <t>Безалкогольное Пиво</t>
   </si>
   <si>
-    <t>Балтика Безалкогольное Вишня № 0, 24/0,33 ж/б</t>
+    <t>Балтика Безалкогольное  № 0, 24/0,45 ж/б</t>
+  </si>
+  <si>
+    <t>Балтика Безалкогольное  ИПА № 0, 24/0,45 ж/б</t>
   </si>
   <si>
     <t>Балтика Брю АйПиЭй 12/0,44 бут</t>
   </si>
   <si>
     <t>Охмелённое Пиво</t>
   </si>
   <si>
     <t>Балтика Брю Блонд 12/0,44 бут</t>
   </si>
   <si>
     <t>Балтика Брю Блонд, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Брю Брюн 12/0,44 бут</t>
   </si>
   <si>
     <t>Балтика Брю Брюн бочка ПЭТ 10л</t>
   </si>
   <si>
-    <t>Балтика Брю Брюн, бочка 30л</t>
-[...1 lines deleted...]
-  <si>
     <t>Балтика Брю Крик 12/0,44 бут</t>
   </si>
   <si>
     <t>Фруктовое Пиво</t>
   </si>
   <si>
     <t>Балтика Брю Крик, бочка 30л. </t>
   </si>
   <si>
     <t>Балтика классическое № 3, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Портер №6 12/0,5 бут</t>
   </si>
   <si>
     <t>Балтика Портер №6 ПЭТ 10л </t>
   </si>
   <si>
-    <t>Балтика Пшеничное № 0 б/а, 24/0,45 ж/б</t>
-[...1 lines deleted...]
-  <si>
     <t>Балтика пшеничное № 8, 20/0,5 бут</t>
   </si>
   <si>
     <t>Балтика Пшеничное №8, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Русский Имперский Стаут, 12/0,44 бут </t>
   </si>
   <si>
     <t>Балтика Стаут, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Хеллес, бочка 30л</t>
   </si>
   <si>
     <t>Балтика Хеллес, бочка ПЭТ 10л</t>
   </si>
   <si>
     <t>Балтика экспортное № 7, 20/0,5 бут</t>
   </si>
   <si>
     <t>Балтика экспортное № 7, бочка 30л</t>
   </si>
   <si>
+    <t>Безалкогольный Закон Ньютона №1 Б/А, 20/0.45 ж/б</t>
+  </si>
+  <si>
+    <t>Закон Ньютона</t>
+  </si>
+  <si>
+    <t>Безалкогольные Напитки</t>
+  </si>
+  <si>
     <t>Бланш Бир Пшеничное Белое, бочка 30л</t>
   </si>
   <si>
     <t>Blanche Bière</t>
   </si>
   <si>
+    <t>Блэк Шип Айриш Стаут, бочка 30л</t>
+  </si>
+  <si>
+    <t>Black Sheep</t>
+  </si>
+  <si>
     <t>Брандер Бир Темное, кег 30 л</t>
   </si>
   <si>
     <t>Brander Bier</t>
   </si>
   <si>
+    <t>Брю Дивижн Аппрувд Б/А, 12/0.5 бут </t>
+  </si>
+  <si>
+    <t>Brew Division</t>
+  </si>
+  <si>
     <t>Брю Дивижн Ас Крим Стаут, 12/0,5 бут</t>
   </si>
   <si>
-    <t>Brew Division</t>
+    <t>Брю Дивижн Астролагер, 12/0,5 бут</t>
+  </si>
+  <si>
+    <t>Брю Дивижн Вайсглюк, 12/0,5 бут</t>
+  </si>
+  <si>
+    <t>Брю Дивижн Вознесенский 26, 12/0,5 бут</t>
+  </si>
+  <si>
+    <t>Брю дивижн Дзен Азиан лагер, 12/0,5 бут</t>
   </si>
   <si>
     <t>Брю Дивижн Он Бейс, 15/0,5 бут.</t>
   </si>
   <si>
+    <t>Брю Дивижн Он Бейс, РАЗОВАЯ бочка 20л</t>
+  </si>
+  <si>
+    <t>Брю дивижн Полар Лайт,12/0,5 бут</t>
+  </si>
+  <si>
+    <t>Бюльви Артизан Классик Натюр, п/сладкий, 6/0,75 л бут</t>
+  </si>
+  <si>
+    <t>Bullevie</t>
+  </si>
+  <si>
+    <t>Сидры И Пуарэ</t>
+  </si>
+  <si>
+    <t>Бюльви Артизан Розе, 6/0,75 л бут</t>
+  </si>
+  <si>
     <t>Бюльви Голд, 6/0,75 л бут</t>
   </si>
   <si>
-    <t>Bullevie</t>
-[...7 lines deleted...]
-  <si>
     <t>Бюльви Грейпфрут, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Грейпфрут, РАЗОВАЯ бочка 20л</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Зеро Дозаж, 6/0,75 л бут.</t>
   </si>
   <si>
     <t>Бюльви Манго, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Манго, РАЗОВАЯ 20л</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Петит б/а, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Безалкогольные Напитки</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Петит Грейпфрут б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Петит Ягоды б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Пуаре Брют, 12/0,45 бут</t>
   </si>
   <si>
+    <t>Бюльви Пуаре, 6/0,75 бут</t>
+  </si>
+  <si>
     <t>Бюльви Розе, 12/0,33 бут</t>
   </si>
   <si>
     <t>Бюльви Розе, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Розе, 6/0,75 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Бюльви Рустик, п/сухой, РАЗОВАЯ бочка 20л</t>
   </si>
   <si>
-    <t>Бюльви Рустик, полусладкий 12/0,45 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Бюльви Семи-Драй 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Семи-Драй, ПЭТ 20л</t>
   </si>
   <si>
     <t>Бюльви Тоффи, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Шорли с Гранатом б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Шорли с Грейпфрутом б/а, 12/0,45 бут</t>
   </si>
   <si>
     <t>Бюльви Шорли с Грушей б/а, 12/0,45 бут</t>
   </si>
   <si>
-    <t>Бюльви Экстра Драй, 12/0,45 бут</t>
+    <t>Бюльви Экстра Драй, ПЭТ 20л</t>
   </si>
   <si>
     <t>Бюльви Ягоды 12/0,45</t>
   </si>
   <si>
     <t>Вайценфельд Б/А, 0,45/12 бут</t>
   </si>
   <si>
     <t>Weizenfeld</t>
   </si>
   <si>
-    <t>Вайценфельд Вайс, 0,45/12 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Вайценфельд Кирш, бочка 20л </t>
   </si>
   <si>
     <t>Вайценфельд Пилс, 12/0,45 бут</t>
   </si>
   <si>
     <t>Вайценфельд Пилс,бочка ПЭТ 20л (23)</t>
   </si>
   <si>
+    <t>Вайценфельд Хеллес, 0,45/12 бут</t>
+  </si>
+  <si>
     <t>Вайценфельд Шварцбир, 12/0,45 бут</t>
   </si>
   <si>
     <t>Вайценфельд Шварцбир, ПЭТ 20л</t>
   </si>
   <si>
     <t>Василеостровская АРА, 12/0,45 бут </t>
   </si>
   <si>
     <t>Василеостровская Пивоварня</t>
   </si>
   <si>
-    <t>Василеостровская Васька  Пшеничное, 12/0,45 Ж/Б </t>
+    <t>Василеостровская Бланш де Лютин, 6/0,75 бут</t>
+  </si>
+  <si>
+    <t>Василеостровская Васька Белое Пшеничное, 12/0,45 бут </t>
   </si>
   <si>
     <t>Васька</t>
   </si>
   <si>
-    <t>Василеостровская Васька Белое Пшеничное, 12/0,45 бут </t>
+    <t>Василеостровская Васька Светлое, 12/0,45 бут </t>
   </si>
   <si>
     <t>Василеостровская Васька Черное, 12/0,45 бут </t>
   </si>
   <si>
     <t>Василеостровская Грейпфрут Эль, 12/0,33 бут</t>
   </si>
   <si>
+    <t>Василеостровская Доктор Фауст, 6/0,75 бут</t>
+  </si>
+  <si>
+    <t>Василеостровская ИПА, 12/0,45 бут</t>
+  </si>
+  <si>
     <t>Василеостровская ИПА, Б/А, 12/0,45 бут</t>
   </si>
   <si>
     <t>Василеостровская Кассис Эль, 12/0,33 бут</t>
   </si>
   <si>
     <t>Василеостровская Крик де Лютин, 12/0,33 бут</t>
   </si>
   <si>
     <t>Василеостровская Мелон Эль, 12/0,33 бут</t>
   </si>
   <si>
     <t>Василеостровская Руж Де Лютин, 6/0,75 бут</t>
   </si>
   <si>
+    <t>Василеостровская Синяя Борода, 12/0,33 бут</t>
+  </si>
+  <si>
+    <t>Василеостровская Синяя Борода, 6/0,75 бут</t>
+  </si>
+  <si>
     <t>Василеостровская Тройной Пшеничный Эль, 6/0,75 бут</t>
   </si>
   <si>
-    <t>Василеостровская Фрамбуа Эль, 12/0,33 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровская Чехов, 6/0,33бут</t>
   </si>
   <si>
     <t>Василеостровская Чехов, 6/0,75 бут</t>
   </si>
   <si>
-    <t>Василеостровский Кастил ван Бирсел Руж 12/0,33 бут </t>
-[...2 lines deleted...]
-    <t>Василеостровский Квас, РАЗОВАЯ (G) бочка 30л</t>
+    <t>Василеостровский Пуаре, РАЗОВАЯ бочка 20л</t>
+  </si>
+  <si>
+    <t>Василеостровский Сидр игристый полусладкий , РАЗОВАЯ бочка 20л </t>
+  </si>
+  <si>
+    <t>Василеостровский сладкий Пуаре 12/0,33 бут</t>
+  </si>
+  <si>
+    <t>Василеостровский сладкий Пуаре, 6/0,75 бут</t>
+  </si>
+  <si>
+    <t>Василеостровский Чешский Лагер , бочка ПЭТ 30л</t>
+  </si>
+  <si>
+    <t>Василеостровское Васька Рыжий, РАЗОВАЯ бочка 30л (23)</t>
+  </si>
+  <si>
+    <t>Василеостровское Васька Светлое, РАЗОВАЯ бочка 30л (23)</t>
+  </si>
+  <si>
+    <t>Василеостровское Васька Черное, РАЗОВАЯ бочка 30л</t>
+  </si>
+  <si>
+    <t>Василеостровское Домашнее, бочка 30л (23)</t>
   </si>
   <si>
     <t>Василеостровское</t>
   </si>
   <si>
-    <t>Василеостровский Пуаре, РАЗОВАЯ бочка 20л (23)</t>
-[...19 lines deleted...]
-  <si>
     <t>Василеостровское Лагер светлое, бочка ПЭТ 30л (23)</t>
   </si>
   <si>
+    <t>Василеостровское ПН Бланш, РАЗОВАЯ бочка 20л (23)</t>
+  </si>
+  <si>
     <t>Василеостровское ПН Темное, бочка 30л (24)</t>
   </si>
   <si>
     <t>Василеостровское Пражске Место Светла деситка 12/0,45 бут</t>
   </si>
   <si>
-    <t>Василеостровское Пражске Место Светле, ПЭТ А  20л</t>
-[...1 lines deleted...]
-  <si>
     <t>Василеостровское Пражске Место Черне пиво 12/ 0,45 бут</t>
   </si>
   <si>
+    <t>Василеостровское Пшеничное, 30л ПЭТ</t>
+  </si>
+  <si>
     <t>Василеостровское Руж де Лютин, бочка 20л ПЭТ (23)</t>
   </si>
   <si>
-    <t>Василеостровское Чехов Вишневый Эль, РАЗОВАЯ бочка 20л Фитинг А </t>
-[...11 lines deleted...]
-    <t>Горьковская Аут Оф Тайм (DIPA), 12/0,44 бут</t>
+    <t>Василеостровское Чехов Вишневый Эль, РАЗОВАЯ бочка 20л (23)</t>
+  </si>
+  <si>
+    <t>Васька Безалкогольное, 12/0,45 бут </t>
+  </si>
+  <si>
+    <t>Горьковская Грасиас Мадрэ (томатный гозе), 12/0,44 бут</t>
   </si>
   <si>
     <t>Gorkovskaya Brewery</t>
   </si>
   <si>
-    <t>Горьковская Грасиас Мадрэ (томатный гозе), 12/0,44 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Кислые Эли / Гозе / Гёзы / Ламбики </t>
   </si>
   <si>
+    <t>Горьковская Инто Зэ Анноун (Империал стаут), 12/0,44 бут</t>
+  </si>
+  <si>
     <t>Горьковская пивоварня Богемский Пилс, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская пивоварня Богемский Пилс, бочка ПЭТ 10л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня Борн ин Бор, 12/0,44 бут</t>
   </si>
   <si>
+    <t>Горьковская Пивоварня Вайцен, 20/0,44 бут</t>
+  </si>
+  <si>
     <t>Горьковская Пивоварня Вайцен, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня Индийский Пейл Эль, бочка 30л</t>
   </si>
   <si>
     <t>Горьковская Пивоварня ИПА 0,0 б/а, 24/0,33  ж/б</t>
   </si>
   <si>
+    <t>Горьковская Пивоварня ИПА 24/0,45 Ж/Б</t>
+  </si>
+  <si>
     <t>Горьковская Пивоварня Урбан Джангл, 12/0,44 бут</t>
   </si>
   <si>
-    <t>Горьковская пивоварня Яблочный Сидр кега 30л</t>
-[...5 lines deleted...]
-    <t>Джоус Ай Эм СоУрри Свити, Б/А 12/0,45 ж/б</t>
+    <t>Дач лагер Б/А 20/0,33 бут</t>
+  </si>
+  <si>
+    <t>Джоус Американский Пэйл Эль, светлое, РАЗОВАЯ  бочка 20л</t>
   </si>
   <si>
     <t>Jaws</t>
   </si>
   <si>
-    <t>Джоус Американский Пэйл Эль, светлое, РАЗОВАЯ  бочка 20л</t>
-[...4 lines deleted...]
-  <si>
     <t>Джоус Атомная Прачечная, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Бланш, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Бланш, РАЗОВАЯ кега 20л</t>
   </si>
   <si>
     <t>Джоус Вайзен, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Грёзы, 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Джоус Джаз энд Джус, светлое, РАЗОВАЯ бочка 20 л</t>
+    <t>Джоус Джаз энд Джус, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Дип ИПА 20/0,5 бут </t>
   </si>
   <si>
-    <t>Джоус Донт Ворри Бэйби, Б/А, 12/0,45 ж/б</t>
+    <t>Джоус Дурак, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Индиа Пэйл Эль Атомная Прачечная, светлое, РАЗОВАЯ бочка 20л</t>
   </si>
   <si>
     <t>Джоус Ищу Человека, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Джоус Май Эприкот Морнинг, б/а, 12/0,45 ж/б</t>
-[...1 lines deleted...]
-  <si>
     <t>Джоус Мауи Портер, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Мюних Хеллес, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Джоус Мюних Хеллес, 20л кега ПЭТ</t>
-[...1 lines deleted...]
-  <si>
     <t>Джоус Нитро Стаут, 12/0,45 ж/б</t>
   </si>
   <si>
+    <t>Джоус Нитро Стаут, 20л ПЭТ</t>
+  </si>
+  <si>
     <t>Джоус Овсяный Стаут, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Овсяный Стаут, темное, РАЗОВАЯ  бочка 20л</t>
   </si>
   <si>
     <t>Джоус Пилснер, 20/0,5л бут</t>
   </si>
   <si>
     <t>Джоус Русский Имперский Стаут "V.1", 20/0,5л бут  </t>
   </si>
   <si>
     <t>Джоус Рэд Видоу, 24/0,33л бут</t>
   </si>
   <si>
     <t>Джоус Сауэр Бриз Грейпфрут, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Сауэр Бриз Манго, 20/0,5 бут</t>
   </si>
   <si>
     <t>Джоус Слип Тайт Бэйби, Б/А 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Джоус Сомнамбула Стаут, 20/0,5 бут</t>
   </si>
   <si>
+    <t>Джоус Хоп Вотер Б/А, 12/0,33 жб</t>
+  </si>
+  <si>
     <t>Джоус Чёрная Атомная Прачечная, 20/0,5 бут</t>
   </si>
   <si>
     <t>Жигулевское Светлое, бочка 30л</t>
   </si>
   <si>
     <t>Жигулевское</t>
   </si>
   <si>
     <t>Жигулевское Фирменное кег 30 л</t>
   </si>
   <si>
+    <t>Закон Ньютона №10 полусладкий Томат, 20/0.45 ж/б</t>
+  </si>
+  <si>
+    <t>Закон Ньютона №5 полусладкий Штрудель, 20/0.45 ж/б</t>
+  </si>
+  <si>
+    <t>Закон Ньютона №9 полусладкий Вишневый пирог, 20/0.45 ж/б</t>
+  </si>
+  <si>
+    <t>Зиро Пойнт Вайлд форс Б/А, 20/0,33 ж/б</t>
+  </si>
+  <si>
+    <t>Zero Point</t>
+  </si>
+  <si>
     <t>Зиро Пойнт Вело Друг Б/А (Чешский Лагер), 20/0,5 ж/б</t>
   </si>
   <si>
-    <t>Zero Point</t>
-[...1 lines deleted...]
-  <si>
     <t>Зиро Пойнт Друг Б/А (Пшеничный эль), 20/0,5 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Лук Эраунд Б/А (ИПА), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Мото Друг Б/А (Пилснер), 20/0,5 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Портер 42 Б/А (Ореховый портер), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Сан Сеттинг Б/А (ИПА с манго), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>Зиро Пойнт Силк Роад Б/А (Сладкий стаут), 20/0,33 ж/б</t>
   </si>
   <si>
     <t>КАЛИНКИНЪ Богемский Пильзнер, бут 20/0.4 бут </t>
   </si>
   <si>
     <t>Калинкинъ</t>
   </si>
   <si>
     <t>Канцлер Заправское, ПЭТ 30л</t>
   </si>
   <si>
+    <t>Кармелитер Лагер Хелл, 20/0.5 бут </t>
+  </si>
+  <si>
+    <t>Karmeliter</t>
+  </si>
+  <si>
     <t>Клаусталер Ориджинал, 24/0,33 бут б/а </t>
   </si>
   <si>
     <t>Clausthaler</t>
   </si>
   <si>
     <t>Крон Бланш Бир, 20/0,45 бут</t>
   </si>
   <si>
     <t>Krone</t>
   </si>
   <si>
     <t>Крон Бланш Бир, 20/0,45 бут Б/А</t>
   </si>
   <si>
     <t>Крон Бланш Бир, Бочка 30л</t>
   </si>
   <si>
     <t>Крушовице Нон-алко, Б/А, 24/0,33 бут</t>
   </si>
   <si>
-    <t>Крушовице Светле, 24/0,33 бут</t>
-[...4 lines deleted...]
-  <si>
     <t>Лось и Кедр 6.0 (кокос), 12/0,45 бут</t>
   </si>
   <si>
     <t>Лось И Кедр</t>
   </si>
   <si>
     <t>Лось и Кедр 7.0 (манго и чили), 12/0,45 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Брют, 12/0,33 бут</t>
   </si>
   <si>
+    <t>Ля Валле ду Сидре Брют, 20А ПЭТ</t>
+  </si>
+  <si>
     <t>Ля Валле ду Сидре Брют, 6/0,75 бут</t>
   </si>
   <si>
     <t>Ля Валле ду Сидре Розе 6/0,75 бут</t>
   </si>
   <si>
-    <t>Ля Валле ду Сидре Розе полусладкий, 12/0,33 бут</t>
-[...1 lines deleted...]
-  <si>
     <t>Ля Валле ду Сидре Розе, 12/0,33 бут</t>
   </si>
   <si>
-    <t>Нью Ригас Варка Черри Эль 20/0,45л Ж/Б</t>
-[...11 lines deleted...]
-    <t>Парадокс SMTH (манго, лимон), 20/0,45 ж/б</t>
+    <t>Ля Валле ду Сидре Розе, 20А ПЭТ</t>
+  </si>
+  <si>
+    <t>Оттингер Вайс, 24/0.5 Ж/Б</t>
+  </si>
+  <si>
+    <t>Oettinger</t>
+  </si>
+  <si>
+    <t>Оттингер Пилс, 24/0.5 Ж/Б</t>
+  </si>
+  <si>
+    <t>Парадокс Мичелада 12/0,45 Ж/Б</t>
   </si>
   <si>
     <t>Paradox</t>
   </si>
   <si>
-    <t>Парадокс Бэйзик Элемент (Овсяный Стаут), 20/0,45 ж/б</t>
-[...7 lines deleted...]
-  <si>
     <t>Парадокс Распберри Портер, 12/0,45 Ж/Б</t>
   </si>
   <si>
     <t>Парадокс Фатум: Вест Кост Дабл Ипа, светлое, 12/0,45 Ж/Б</t>
   </si>
   <si>
+    <t>Ригеле Аугсбургер Херренпилс, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Riegele</t>
+  </si>
+  <si>
+    <t>Ригеле Вайс б/а, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Ригеле Коммерциенрат Приват, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Ригеле Файнес Урхелль, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Ригеле Хелл б/а, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Ригеле Хефевайсбир, 20/0,5 бут</t>
+  </si>
+  <si>
+    <t>Родное Яблочко полусладкий Луч, 20/0,5 бут </t>
+  </si>
+  <si>
+    <t>Родное Яблочко</t>
+  </si>
+  <si>
     <t>Родное яблочко Роса Б/А, 20/0,5 бут</t>
   </si>
   <si>
-    <t>Родное Яблочко</t>
-[...1 lines deleted...]
-  <si>
     <t>Родное яблочко сухой Сон, 20/0,5 бут</t>
   </si>
   <si>
+    <t>Рюдигер Оригиналь Пильзнер, 20/0,45 бут</t>
+  </si>
+  <si>
+    <t>Rudiger</t>
+  </si>
+  <si>
     <t>Рюдигер Оригиналь Премиум, бочка 30л</t>
   </si>
   <si>
-    <t>Rudiger</t>
-[...8 lines deleted...]
-    <t>Stella Artois</t>
+    <t>Стадсхавен Морай ИПА,  12/0.33 бут</t>
+  </si>
+  <si>
+    <t>Stadshaven</t>
+  </si>
+  <si>
+    <t>Нидерланды</t>
+  </si>
+  <si>
+    <t>Стадсхавен Сэйлорс Лагер,  12/0.33 бут</t>
+  </si>
+  <si>
+    <t>Традиционный Закон Ньютона №1 полусухой, 20/0.45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Бэк Ту Бэланс Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Two Peaks</t>
   </si>
   <si>
-    <t>Ту Пикс Бэк Ту Бэланс Томато Б/А, 12/0,45 ж/б</t>
-[...1 lines deleted...]
-  <si>
     <t>Ту Пикс Коконат Крайм Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Ту Пикс Опен Маинд Б/А, 12/0,45 ж/б</t>
-[...2 lines deleted...]
-    <t>Ту Пикс Рейс Энд Грейс Б/А, 12/0,45 ж/б</t>
+    <t>Ту Пикс Лайт Май Фаэр Гозе Б/А, 12/0,45 ж/б</t>
   </si>
   <si>
     <t>Ту Пикс Сочи Найтс Б/А 12/0,45 ж/б</t>
   </si>
   <si>
-    <t>Ту Пикс Электро Черри Б/А,  12/0,45 ж/б</t>
+    <t>Фем Фаталь Руж, ПЭТ 20л</t>
+  </si>
+  <si>
+    <t>Femme Fatale</t>
   </si>
   <si>
     <t>Фест Хаус Вайцен, ПЭТ 30л</t>
   </si>
   <si>
     <t>Festhaus</t>
   </si>
   <si>
     <t>Фест Хаус Хеллес, ПЭТ 30л</t>
   </si>
   <si>
+    <t>Фестхаус Доппельбок, 12/0,33 бут </t>
+  </si>
+  <si>
+    <t>Фестхаус Доппельбок, ПЭТ 20л </t>
+  </si>
+  <si>
+    <t>Францисканер  Премиум, 20/0,45 бут</t>
+  </si>
+  <si>
+    <t>Franziskaner</t>
+  </si>
+  <si>
+    <t>Францисканер премиум Хефе-Вайсбир, светлое, бочка 30л</t>
+  </si>
+  <si>
     <t>Хугарден белое, кег, 20л </t>
   </si>
   <si>
     <t>Hoegaarden</t>
   </si>
   <si>
     <t>Бельгия</t>
   </si>
   <si>
     <t>Чешский Лев Светлое, 20/0,5 бут</t>
   </si>
   <si>
     <t>Lev</t>
   </si>
   <si>
     <t>Чехия</t>
   </si>
   <si>
-    <t>Чешский Лев Тёмное, 20/0,5 бут</t>
-[...8 lines deleted...]
-    <t>Эплтон Блэк Курант + Базилик, 20/0,5 бут</t>
+    <t>Эплтон Блюберри + Розмарин, Лемонграсс и Мята, 20/0,5 бут</t>
   </si>
   <si>
     <t>Appleton</t>
-  </si>
-[...31 lines deleted...]
-    <t>Эплтон Черриес, 20/0,5 бут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
@@ -840,5672 +867,5868 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J203"/>
+  <dimension ref="A1:J209"/>
   <cols>
     <col min="1" max="1" width="60"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="10"/>
     <col min="4" max="4" width="6"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="5"/>
     <col min="7" max="7" width="8"/>
     <col min="8" max="8" width="27"/>
-    <col min="9" max="9" width="9"/>
+    <col min="9" max="9" width="11"/>
     <col min="10" max="10" width="36"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C2">
-        <v>134</v>
+        <v>1</v>
       </c>
       <c r="D2">
-        <v>325</v>
+        <v>18000</v>
       </c>
       <c r="E2">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D3">
-        <v>17700</v>
+        <v>333</v>
       </c>
       <c r="E3">
-        <v>590</v>
+        <v>666</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
       <c r="J3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B4">
         <v>0.5</v>
       </c>
       <c r="C4">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="D4">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="E4">
-        <v>650</v>
+        <v>666</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C5">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D5">
-        <v>325</v>
+        <v>9900</v>
       </c>
       <c r="E5">
-        <v>650</v>
+        <v>330</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="I5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B6">
         <v>30</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D6">
-        <v>9000</v>
+        <v>5250</v>
       </c>
       <c r="E6">
-        <v>300</v>
+        <v>175</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C7">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="D7">
-        <v>5250</v>
+        <v>130</v>
       </c>
       <c r="E7">
-        <v>175</v>
+        <v>260</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>80</v>
       </c>
       <c r="D8">
-        <v>4200</v>
+        <v>103</v>
       </c>
       <c r="E8">
-        <v>140</v>
+        <v>206</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J8" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9">
         <v>0.5</v>
       </c>
       <c r="C9">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D9">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="E9">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J9" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10">
-        <v>0.5</v>
+        <v>0.47</v>
       </c>
       <c r="C10">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="D10">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E10">
-        <v>200</v>
+        <v>206.38</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B11">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C11">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="D11">
-        <v>120</v>
+        <v>87</v>
       </c>
       <c r="E11">
-        <v>240</v>
+        <v>193.33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
-      <c r="H11"/>
-[...3 lines deleted...]
-      <c r="J11"/>
+      <c r="H11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12">
-        <v>0.47</v>
+        <v>0.45</v>
       </c>
       <c r="C12">
-        <v>323</v>
+        <v>24</v>
       </c>
       <c r="D12">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E12">
-        <v>202.13</v>
+        <v>220</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13">
-        <v>0.45</v>
+        <v>0.44</v>
       </c>
       <c r="C13">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D13">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="E13">
-        <v>188.89</v>
+        <v>379.55</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>25</v>
+      </c>
+      <c r="I13" t="s">
+        <v>19</v>
+      </c>
       <c r="J13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B14">
         <v>0.44</v>
       </c>
       <c r="C14">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="D14">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="E14">
-        <v>454.55</v>
+        <v>379.55</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I14" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C15">
-        <v>164</v>
+        <v>4</v>
       </c>
       <c r="D15">
-        <v>150</v>
+        <v>7500</v>
       </c>
       <c r="E15">
-        <v>340.91</v>
+        <v>250</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I15" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16">
-        <v>30</v>
+        <v>0.44</v>
       </c>
       <c r="C16">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="D16">
-        <v>7500</v>
+        <v>167</v>
       </c>
       <c r="E16">
-        <v>250</v>
+        <v>379.55</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I16" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J16" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17">
-        <v>0.44</v>
+        <v>10</v>
       </c>
       <c r="C17">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D17">
-        <v>150</v>
+        <v>2500</v>
       </c>
       <c r="E17">
-        <v>340.91</v>
+        <v>250</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I17" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J17" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18">
-        <v>10</v>
+        <v>0.44</v>
       </c>
       <c r="C18">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D18">
-        <v>2500</v>
+        <v>167</v>
       </c>
       <c r="E18">
-        <v>250</v>
+        <v>379.55</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I18" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J18" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B19">
         <v>30</v>
       </c>
       <c r="C19">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D19">
         <v>7500</v>
       </c>
       <c r="E19">
         <v>250</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I19" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J19" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B20">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C20">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="D20">
-        <v>150</v>
+        <v>4890</v>
       </c>
       <c r="E20">
-        <v>340.91</v>
+        <v>163</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I20" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J20" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C21">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D21">
-        <v>7500</v>
+        <v>125</v>
       </c>
       <c r="E21">
         <v>250</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I21" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J21" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B22">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C22">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="D22">
-        <v>4800</v>
+        <v>2150</v>
       </c>
       <c r="E22">
-        <v>160</v>
+        <v>215</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I22" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J22" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B23">
         <v>0.5</v>
       </c>
       <c r="C23">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D23">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E23">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I23" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J23" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B24">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C24">
-        <v>4</v>
+        <v>133</v>
       </c>
       <c r="D24">
-        <v>2100</v>
+        <v>5850</v>
       </c>
       <c r="E24">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I24" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J24" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25">
-        <v>0.4</v>
+        <v>0.44</v>
       </c>
       <c r="C25">
-        <v>110</v>
+        <v>36</v>
       </c>
       <c r="D25">
-        <v>95</v>
+        <v>195</v>
       </c>
       <c r="E25">
-        <v>237.5</v>
+        <v>443.18</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B26">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C26">
-        <v>113</v>
+        <v>3</v>
       </c>
       <c r="D26">
-        <v>115</v>
+        <v>7950</v>
       </c>
       <c r="E26">
-        <v>230</v>
+        <v>265</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I26" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J26" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B27">
         <v>30</v>
       </c>
       <c r="C27">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D27">
-        <v>5700</v>
+        <v>5670</v>
       </c>
       <c r="E27">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I27" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B28">
-        <v>0.44</v>
+        <v>10</v>
       </c>
       <c r="C28">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="D28">
-        <v>190</v>
+        <v>2200</v>
       </c>
       <c r="E28">
-        <v>431.82</v>
+        <v>220</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I28" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J28" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B29">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C29">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="D29">
-        <v>7800</v>
+        <v>128</v>
       </c>
       <c r="E29">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I29" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J29" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B30">
         <v>30</v>
       </c>
       <c r="C30">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D30">
-        <v>5550</v>
+        <v>5970</v>
       </c>
       <c r="E30">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I30" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B31">
-        <v>10</v>
+        <v>0.45</v>
       </c>
       <c r="C31">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="D31">
-        <v>2150</v>
+        <v>250</v>
       </c>
       <c r="E31">
-        <v>215</v>
+        <v>555.56</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I31" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J31" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B32">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C32">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="D32">
-        <v>125</v>
+        <v>5370</v>
       </c>
       <c r="E32">
-        <v>250</v>
+        <v>179</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I32" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J32" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B33">
         <v>30</v>
       </c>
       <c r="C33">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D33">
-        <v>5850</v>
+        <v>9000</v>
       </c>
       <c r="E33">
-        <v>195</v>
+        <v>300</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I33" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J33" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B34">
         <v>30</v>
       </c>
       <c r="C34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D34">
-        <v>5250</v>
+        <v>4830</v>
       </c>
       <c r="E34">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I34" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J34" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B35">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="D35">
-        <v>4710</v>
+        <v>200</v>
       </c>
       <c r="E35">
-        <v>157</v>
+        <v>400</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I35" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J35" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B36">
         <v>0.5</v>
       </c>
       <c r="C36">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="D36">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="E36">
-        <v>430</v>
+        <v>466</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="I36" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J36" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B37">
         <v>0.5</v>
       </c>
       <c r="C37">
-        <v>19</v>
+        <v>158</v>
       </c>
       <c r="D37">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E37">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="I37" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J37" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B38">
-        <v>0.75</v>
+        <v>0.5</v>
       </c>
       <c r="C38">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="D38">
-        <v>620</v>
+        <v>220</v>
       </c>
       <c r="E38">
-        <v>826.67</v>
+        <v>440</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>63</v>
       </c>
       <c r="I38" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J38" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B39">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C39">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="D39">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E39">
-        <v>466.67</v>
+        <v>450</v>
       </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>63</v>
       </c>
       <c r="I39" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J39" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B40">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C40">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="D40">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E40">
-        <v>466.67</v>
+        <v>450</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
       <c r="I40" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J40"/>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B41">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C41">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D41">
-        <v>6000</v>
+        <v>245</v>
       </c>
       <c r="E41">
-        <v>300</v>
+        <v>490</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>63</v>
+      </c>
       <c r="I41" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J41"/>
+        <v>19</v>
+      </c>
+      <c r="J41" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B42">
-        <v>0.75</v>
+        <v>20</v>
       </c>
       <c r="C42">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D42">
-        <v>620</v>
+        <v>7400</v>
       </c>
       <c r="E42">
-        <v>826.67</v>
+        <v>370</v>
       </c>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>63</v>
       </c>
       <c r="I42" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J42" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B43">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C43">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D43">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E43">
-        <v>466.67</v>
+        <v>450</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
       <c r="I43" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J43"/>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B44">
-        <v>20</v>
+        <v>0.75</v>
       </c>
       <c r="C44">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D44">
-        <v>6000</v>
+        <v>700</v>
       </c>
       <c r="E44">
-        <v>300</v>
+        <v>933.33</v>
       </c>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I44" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J44" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B45">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C45">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="D45">
-        <v>179</v>
+        <v>700</v>
       </c>
       <c r="E45">
-        <v>397.78</v>
+        <v>933.33</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I45" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J45" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B46">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C46">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="D46">
-        <v>179</v>
+        <v>700</v>
       </c>
       <c r="E46">
-        <v>397.78</v>
+        <v>933.33</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I46" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J46" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B47">
         <v>0.45</v>
       </c>
       <c r="C47">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="D47">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="E47">
-        <v>397.78</v>
+        <v>511.11</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I47" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J47" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B48">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C48">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D48">
-        <v>279</v>
+        <v>700</v>
       </c>
       <c r="E48">
-        <v>620</v>
+        <v>933.33</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
-      <c r="H48"/>
+      <c r="H48" t="s">
+        <v>73</v>
+      </c>
       <c r="I48" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J48"/>
+        <v>19</v>
+      </c>
+      <c r="J48" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B49">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>61</v>
       </c>
       <c r="D49">
-        <v>199</v>
+        <v>225</v>
       </c>
       <c r="E49">
-        <v>603.03</v>
+        <v>500</v>
       </c>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I49" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J49" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B50">
         <v>0.45</v>
       </c>
       <c r="C50">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="D50">
-        <v>210</v>
+        <v>185</v>
       </c>
       <c r="E50">
-        <v>466.67</v>
+        <v>411.11</v>
       </c>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I50" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B51">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="D51">
-        <v>430</v>
+        <v>185</v>
       </c>
       <c r="E51">
-        <v>573.33</v>
+        <v>411.11</v>
       </c>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I51" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J51" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B52">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C52">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="D52">
-        <v>5800</v>
+        <v>185</v>
       </c>
       <c r="E52">
-        <v>290</v>
+        <v>411.11</v>
       </c>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I52" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J52" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B53">
         <v>0.45</v>
       </c>
       <c r="C53">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D53">
-        <v>199</v>
+        <v>285</v>
       </c>
       <c r="E53">
-        <v>442.22</v>
+        <v>633.33</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I53" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J53" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B54">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C54">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="D54">
-        <v>199</v>
+        <v>495</v>
       </c>
       <c r="E54">
-        <v>442.22</v>
+        <v>660</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I54" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J54" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B55">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C55">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="D55">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E55">
-        <v>466.67</v>
+        <v>681.82</v>
       </c>
       <c r="F55"/>
       <c r="G55"/>
-      <c r="H55"/>
+      <c r="H55" t="s">
+        <v>73</v>
+      </c>
       <c r="I55" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J55"/>
+        <v>19</v>
+      </c>
+      <c r="J55" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B56">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C56">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="D56">
-        <v>6000</v>
+        <v>225</v>
       </c>
       <c r="E56">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I56" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J56" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B57">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C57">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D57">
-        <v>210</v>
+        <v>6400</v>
       </c>
       <c r="E57">
-        <v>466.67</v>
+        <v>320</v>
       </c>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I57" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J57" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B58">
         <v>0.45</v>
       </c>
       <c r="C58">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D58">
-        <v>128</v>
+        <v>225</v>
       </c>
       <c r="E58">
-        <v>284.44</v>
+        <v>500</v>
       </c>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I58" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J58" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B59">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C59">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D59">
-        <v>128</v>
+        <v>6540</v>
       </c>
       <c r="E59">
-        <v>284.44</v>
+        <v>327</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I59" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J59" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B60">
         <v>0.45</v>
       </c>
       <c r="C60">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="D60">
-        <v>128</v>
+        <v>225</v>
       </c>
       <c r="E60">
-        <v>284.44</v>
+        <v>500</v>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I60" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J60" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B61">
         <v>0.45</v>
       </c>
       <c r="C61">
-        <v>108</v>
+        <v>2</v>
       </c>
       <c r="D61">
-        <v>210</v>
+        <v>133</v>
       </c>
       <c r="E61">
-        <v>466.67</v>
+        <v>295.56</v>
       </c>
       <c r="F61"/>
       <c r="G61"/>
-      <c r="H61"/>
+      <c r="H61" t="s">
+        <v>73</v>
+      </c>
       <c r="I61" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J61"/>
+        <v>19</v>
+      </c>
+      <c r="J61" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B62">
         <v>0.45</v>
       </c>
       <c r="C62">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="D62">
-        <v>210</v>
+        <v>133</v>
       </c>
       <c r="E62">
-        <v>466.67</v>
+        <v>295.56</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I62" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J62" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B63">
         <v>0.45</v>
       </c>
       <c r="C63">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="D63">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E63">
-        <v>300</v>
+        <v>295.56</v>
       </c>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="I63" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J63" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B64">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C64">
-        <v>727</v>
+        <v>1</v>
       </c>
       <c r="D64">
-        <v>117</v>
+        <v>6540</v>
       </c>
       <c r="E64">
-        <v>260</v>
+        <v>327</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
       <c r="I64" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J64"/>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B65">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C65">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D65">
-        <v>4380</v>
+        <v>225</v>
       </c>
       <c r="E65">
-        <v>219</v>
+        <v>500</v>
       </c>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="I65" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J65" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B66">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C66">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="D66">
-        <v>4600</v>
+        <v>145</v>
       </c>
       <c r="E66">
-        <v>230</v>
+        <v>322.22</v>
       </c>
       <c r="F66"/>
       <c r="G66"/>
-      <c r="H66"/>
+      <c r="H66" t="s">
+        <v>97</v>
+      </c>
       <c r="I66" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J66"/>
+        <v>19</v>
+      </c>
+      <c r="J66" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B67">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C67">
-        <v>210</v>
+        <v>4</v>
       </c>
       <c r="D67">
-        <v>117</v>
+        <v>4800</v>
       </c>
       <c r="E67">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="I67" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J67" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B68">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C68">
-        <v>4</v>
+        <v>312</v>
       </c>
       <c r="D68">
-        <v>4380</v>
+        <v>125</v>
       </c>
       <c r="E68">
-        <v>219</v>
+        <v>277.78</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="I68" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J68" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B69">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C69">
-        <v>129</v>
+        <v>7</v>
       </c>
       <c r="D69">
-        <v>130</v>
+        <v>4780</v>
       </c>
       <c r="E69">
-        <v>288.89</v>
+        <v>239</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="I69" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J69" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B70">
-        <v>20</v>
+        <v>0.45</v>
       </c>
       <c r="C70">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D70">
-        <v>4000</v>
+        <v>145</v>
       </c>
       <c r="E70">
-        <v>200</v>
+        <v>322.22</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="I70" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J70" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B71">
         <v>0.45</v>
       </c>
       <c r="C71">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D71">
-        <v>167</v>
+        <v>140</v>
       </c>
       <c r="E71">
-        <v>371.11</v>
+        <v>311.11</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I71" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J71" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B72">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C72">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D72">
-        <v>110</v>
+        <v>4380</v>
       </c>
       <c r="E72">
-        <v>244.44</v>
+        <v>219</v>
       </c>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="I72" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J72" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B73">
         <v>0.45</v>
       </c>
       <c r="C73">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D73">
-        <v>110</v>
+        <v>177</v>
       </c>
       <c r="E73">
-        <v>244.44</v>
+        <v>393.33</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I73" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J73" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B74">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C74">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="D74">
-        <v>110</v>
+        <v>267</v>
       </c>
       <c r="E74">
-        <v>244.44</v>
+        <v>356</v>
       </c>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I74" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J74" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B75">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C75">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="D75">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="E75">
-        <v>409.09</v>
+        <v>266.67</v>
       </c>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I75" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J75" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B76">
         <v>0.45</v>
       </c>
       <c r="C76">
-        <v>7</v>
+        <v>58</v>
       </c>
       <c r="D76">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="E76">
-        <v>322.22</v>
+        <v>266.67</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I76" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J76" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B77">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C77">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="D77">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="E77">
-        <v>409.09</v>
+        <v>266.67</v>
       </c>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I77" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J77" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B78">
         <v>0.33</v>
       </c>
       <c r="C78">
-        <v>205</v>
+        <v>1</v>
       </c>
       <c r="D78">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E78">
-        <v>409.09</v>
+        <v>424.24</v>
       </c>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I78" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J78" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B79">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C79">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D79">
-        <v>135</v>
+        <v>275</v>
       </c>
       <c r="E79">
-        <v>409.09</v>
+        <v>366.67</v>
       </c>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I79" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J79" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B80">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C80">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="D80">
-        <v>260</v>
+        <v>175</v>
       </c>
       <c r="E80">
-        <v>346.67</v>
+        <v>388.89</v>
       </c>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I80" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J80" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B81">
-        <v>0.75</v>
+        <v>0.45</v>
       </c>
       <c r="C81">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="D81">
-        <v>260</v>
+        <v>155</v>
       </c>
       <c r="E81">
-        <v>346.67</v>
+        <v>344.44</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I81" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J81" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B82">
         <v>0.33</v>
       </c>
       <c r="C82">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D82">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E82">
-        <v>409.09</v>
+        <v>424.24</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I82" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J82" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B83">
         <v>0.33</v>
       </c>
       <c r="C83">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="D83">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="E83">
-        <v>409.09</v>
+        <v>439.39</v>
       </c>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I83" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J83" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B84">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
       <c r="C84">
-        <v>124</v>
+        <v>6</v>
       </c>
       <c r="D84">
-        <v>265</v>
+        <v>140</v>
       </c>
       <c r="E84">
-        <v>353.33</v>
+        <v>424.24</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I84" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J84" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B85">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C85">
-        <v>90</v>
+        <v>2</v>
       </c>
       <c r="D85">
-        <v>140</v>
+        <v>279</v>
       </c>
       <c r="E85">
-        <v>424.24</v>
+        <v>372</v>
       </c>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I85" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J85" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B86">
-        <v>30</v>
+        <v>0.75</v>
       </c>
       <c r="C86">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D86">
-        <v>4050</v>
+        <v>279</v>
       </c>
       <c r="E86">
-        <v>135</v>
+        <v>372</v>
       </c>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="I86" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J86" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B87">
-        <v>20</v>
+        <v>0.33</v>
       </c>
       <c r="C87">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="D87">
-        <v>5000</v>
+        <v>143</v>
       </c>
       <c r="E87">
-        <v>250</v>
+        <v>433.33</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I87" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J87" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B88">
-        <v>20</v>
+        <v>0.75</v>
       </c>
       <c r="C88">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D88">
-        <v>5000</v>
+        <v>279</v>
       </c>
       <c r="E88">
-        <v>250</v>
+        <v>372</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
-      <c r="H88"/>
+      <c r="H88" t="s">
+        <v>105</v>
+      </c>
       <c r="I88" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J88"/>
+        <v>19</v>
+      </c>
+      <c r="J88" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B89">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C89">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D89">
-        <v>135</v>
+        <v>279</v>
       </c>
       <c r="E89">
-        <v>409.09</v>
+        <v>372</v>
       </c>
       <c r="F89"/>
       <c r="G89"/>
-      <c r="H89"/>
+      <c r="H89" t="s">
+        <v>105</v>
+      </c>
       <c r="I89" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J89"/>
+        <v>19</v>
+      </c>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B90">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
       <c r="C90">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="D90">
-        <v>265</v>
+        <v>145</v>
       </c>
       <c r="E90">
-        <v>353.33</v>
+        <v>439.39</v>
       </c>
       <c r="F90"/>
       <c r="G90"/>
-      <c r="H90"/>
+      <c r="H90" t="s">
+        <v>105</v>
+      </c>
       <c r="I90" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J90"/>
+        <v>19</v>
+      </c>
+      <c r="J90" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B91">
-        <v>0.33</v>
+        <v>0.75</v>
       </c>
       <c r="C91">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D91">
-        <v>135</v>
+        <v>279</v>
       </c>
       <c r="E91">
-        <v>409.09</v>
+        <v>372</v>
       </c>
       <c r="F91"/>
       <c r="G91"/>
-      <c r="H91"/>
+      <c r="H91" t="s">
+        <v>105</v>
+      </c>
       <c r="I91" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J91"/>
+        <v>19</v>
+      </c>
+      <c r="J91" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B92">
-        <v>0.75</v>
+        <v>20</v>
       </c>
       <c r="C92">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="D92">
-        <v>265</v>
+        <v>5380</v>
       </c>
       <c r="E92">
-        <v>353.33</v>
+        <v>269</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I92" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J92" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B93">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C93">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D93">
-        <v>4200</v>
+        <v>5380</v>
       </c>
       <c r="E93">
-        <v>140</v>
+        <v>269</v>
       </c>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I93" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J93" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B94">
-        <v>30</v>
+        <v>0.33</v>
       </c>
       <c r="C94">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="D94">
-        <v>5610</v>
+        <v>140</v>
       </c>
       <c r="E94">
-        <v>187</v>
+        <v>424.24</v>
       </c>
       <c r="F94"/>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J94"/>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B95">
-        <v>30</v>
+        <v>0.75</v>
       </c>
       <c r="C95">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D95">
-        <v>5400</v>
+        <v>280</v>
       </c>
       <c r="E95">
-        <v>180</v>
+        <v>373.33</v>
       </c>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="I95" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J95" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B96">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C96">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D96">
-        <v>125</v>
+        <v>4200</v>
       </c>
       <c r="E96">
-        <v>277.78</v>
+        <v>140</v>
       </c>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I96" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J96" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B97">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C97">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D97">
-        <v>3900</v>
+        <v>4650</v>
       </c>
       <c r="E97">
-        <v>195</v>
+        <v>155</v>
       </c>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I97" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J97" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B98">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C98">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D98">
-        <v>125</v>
+        <v>4800</v>
       </c>
       <c r="E98">
-        <v>277.78</v>
+        <v>160</v>
       </c>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I98" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J98" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B99">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D99">
-        <v>5140</v>
+        <v>4650</v>
       </c>
       <c r="E99">
-        <v>257</v>
+        <v>155</v>
       </c>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="I99" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J99" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B100">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C100">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D100">
-        <v>5180</v>
+        <v>5910</v>
       </c>
       <c r="E100">
-        <v>259</v>
+        <v>197</v>
       </c>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="I100" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J100" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B101">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C101">
-        <v>72</v>
+        <v>2</v>
       </c>
       <c r="D101">
-        <v>130</v>
+        <v>6000</v>
       </c>
       <c r="E101">
-        <v>288.89</v>
+        <v>200</v>
       </c>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>102</v>
+        <v>133</v>
       </c>
       <c r="I101" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J101" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B102">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C102">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D102">
-        <v>120</v>
+        <v>5000</v>
       </c>
       <c r="E102">
-        <v>266.67</v>
+        <v>250</v>
       </c>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="I102" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J102" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B103">
-        <v>0.44</v>
+        <v>30</v>
       </c>
       <c r="C103">
         <v>3</v>
       </c>
       <c r="D103">
-        <v>200</v>
+        <v>5910</v>
       </c>
       <c r="E103">
-        <v>454.55</v>
+        <v>197</v>
       </c>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="I103" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J103" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>137</v>
       </c>
       <c r="B104">
-        <v>0.44</v>
+        <v>0.45</v>
       </c>
       <c r="C104">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="D104">
-        <v>215</v>
+        <v>135</v>
       </c>
       <c r="E104">
-        <v>488.64</v>
+        <v>300</v>
       </c>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="I104" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J104" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B105">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C105">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="D105">
-        <v>6000</v>
+        <v>130</v>
       </c>
       <c r="E105">
-        <v>200</v>
+        <v>288.89</v>
       </c>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="I105" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J105" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B106">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C106">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D106">
-        <v>2100</v>
+        <v>5850</v>
       </c>
       <c r="E106">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="I106" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J106" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B107">
-        <v>0.44</v>
+        <v>20</v>
       </c>
       <c r="C107">
-        <v>269</v>
+        <v>4</v>
       </c>
       <c r="D107">
-        <v>190</v>
+        <v>5500</v>
       </c>
       <c r="E107">
-        <v>431.82</v>
+        <v>275</v>
       </c>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="I107" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J107" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B108">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C108">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="D108">
-        <v>5700</v>
+        <v>5500</v>
       </c>
       <c r="E108">
-        <v>190</v>
+        <v>275</v>
       </c>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="I108" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J108" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B109">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C109">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="D109">
-        <v>6750</v>
+        <v>130</v>
       </c>
       <c r="E109">
-        <v>225</v>
+        <v>288.89</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>136</v>
+        <v>108</v>
       </c>
       <c r="I109" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J109" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B110">
-        <v>0.33</v>
+        <v>0.44</v>
       </c>
       <c r="C110">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="D110">
-        <v>107</v>
+        <v>215</v>
       </c>
       <c r="E110">
-        <v>324.24</v>
+        <v>488.64</v>
       </c>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="I110" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J110" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B111">
         <v>0.44</v>
       </c>
       <c r="C111">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="D111">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="E111">
-        <v>488.64</v>
+        <v>511.36</v>
       </c>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="I111" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J111" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B112">
         <v>30</v>
       </c>
       <c r="C112">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D112">
-        <v>6000</v>
+        <v>6150</v>
       </c>
       <c r="E112">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I112" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J112" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>148</v>
       </c>
       <c r="B113">
-        <v>0.45</v>
+        <v>10</v>
       </c>
       <c r="C113">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D113">
-        <v>229</v>
+        <v>2200</v>
       </c>
       <c r="E113">
-        <v>508.89</v>
+        <v>220</v>
       </c>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I113" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J113" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B114">
-        <v>20</v>
+        <v>0.44</v>
       </c>
       <c r="C114">
-        <v>10</v>
+        <v>1416</v>
       </c>
       <c r="D114">
-        <v>8180</v>
+        <v>197</v>
       </c>
       <c r="E114">
-        <v>409</v>
+        <v>447.73</v>
       </c>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I114" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J114" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B115">
-        <v>0.5</v>
+        <v>0.44</v>
       </c>
       <c r="C115">
-        <v>398</v>
+        <v>300</v>
       </c>
       <c r="D115">
-        <v>219</v>
+        <v>150</v>
       </c>
       <c r="E115">
-        <v>438</v>
+        <v>340.91</v>
       </c>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I115" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J115" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B116">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C116">
-        <v>732</v>
+        <v>12</v>
       </c>
       <c r="D116">
-        <v>259</v>
+        <v>5850</v>
       </c>
       <c r="E116">
-        <v>518</v>
+        <v>195</v>
       </c>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I116" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J116" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B117">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C117">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D117">
-        <v>199</v>
+        <v>6900</v>
       </c>
       <c r="E117">
-        <v>398</v>
+        <v>230</v>
       </c>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I117" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J117" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B118">
-        <v>20</v>
+        <v>0.33</v>
       </c>
       <c r="C118">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="D118">
-        <v>7500</v>
+        <v>110</v>
       </c>
       <c r="E118">
-        <v>375</v>
+        <v>333.33</v>
       </c>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I118" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J118" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
+        <v>154</v>
+      </c>
+      <c r="B119">
+        <v>0.45</v>
+      </c>
+      <c r="C119">
+        <v>23</v>
+      </c>
+      <c r="D119">
         <v>155</v>
       </c>
-      <c r="B119">
-[...7 lines deleted...]
-      </c>
       <c r="E119">
-        <v>398</v>
+        <v>344.44</v>
       </c>
       <c r="F119"/>
       <c r="G119"/>
-      <c r="H119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
       <c r="I119" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J119"/>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B120">
-        <v>0.45</v>
+        <v>0.44</v>
       </c>
       <c r="C120">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D120">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="E120">
-        <v>508.89</v>
+        <v>488.64</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I120" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J120" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B121">
-        <v>20</v>
+        <v>0.33</v>
       </c>
       <c r="C121">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="D121">
-        <v>8780</v>
+        <v>155</v>
       </c>
       <c r="E121">
-        <v>439</v>
+        <v>469.7</v>
       </c>
       <c r="F121"/>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
       <c r="I121" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J121"/>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B122">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C122">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="D122">
-        <v>270</v>
+        <v>8300</v>
       </c>
       <c r="E122">
-        <v>540</v>
+        <v>415</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I122" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J122" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>159</v>
       </c>
       <c r="B123">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C123">
-        <v>71</v>
+        <v>1561</v>
       </c>
       <c r="D123">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="E123">
-        <v>508.89</v>
+        <v>526</v>
       </c>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I123" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J123" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>160</v>
       </c>
       <c r="B124">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C124">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="D124">
-        <v>9700</v>
+        <v>205</v>
       </c>
       <c r="E124">
-        <v>485</v>
+        <v>410</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I124" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J124" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>161</v>
       </c>
       <c r="B125">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C125">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="D125">
+        <v>7580</v>
+      </c>
+      <c r="E125">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I125" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J125" t="s">
-        <v>138</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>162</v>
       </c>
       <c r="B126">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C126">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D126">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="E126">
-        <v>477.78</v>
+        <v>410</v>
       </c>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I126" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J126" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>163</v>
       </c>
       <c r="B127">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C127">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="D127">
-        <v>255</v>
+        <v>230</v>
       </c>
       <c r="E127">
-        <v>510</v>
+        <v>511.11</v>
       </c>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I127" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J127" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>164</v>
       </c>
       <c r="B128">
         <v>0.5</v>
       </c>
       <c r="C128">
-        <v>237</v>
+        <v>58</v>
       </c>
       <c r="D128">
-        <v>175</v>
+        <v>250</v>
       </c>
       <c r="E128">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I128" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J128" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>165</v>
       </c>
       <c r="B129">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C129">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D129">
-        <v>6180</v>
+        <v>270</v>
       </c>
       <c r="E129">
-        <v>309</v>
+        <v>540</v>
       </c>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I129" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J129" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>166</v>
       </c>
       <c r="B130">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C130">
-        <v>171</v>
+        <v>88</v>
       </c>
       <c r="D130">
-        <v>210</v>
+        <v>305</v>
       </c>
       <c r="E130">
-        <v>466.67</v>
+        <v>610</v>
       </c>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I130" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J130" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>167</v>
       </c>
       <c r="B131">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C131">
-        <v>684</v>
+        <v>14</v>
       </c>
       <c r="D131">
-        <v>200</v>
+        <v>9800</v>
       </c>
       <c r="E131">
-        <v>400</v>
+        <v>490</v>
       </c>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I131" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J131" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>168</v>
       </c>
       <c r="B132">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C132">
-        <v>7</v>
+        <v>110</v>
       </c>
       <c r="D132">
-        <v>7300</v>
+        <v>385</v>
       </c>
       <c r="E132">
-        <v>365</v>
+        <v>770</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I132" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J132" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>169</v>
       </c>
       <c r="B133">
         <v>0.5</v>
       </c>
       <c r="C133">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="D133">
-        <v>175</v>
+        <v>260</v>
       </c>
       <c r="E133">
-        <v>350</v>
+        <v>520</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I133" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J133" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>170</v>
       </c>
       <c r="B134">
         <v>0.5</v>
       </c>
       <c r="C134">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="D134">
-        <v>375</v>
+        <v>177</v>
       </c>
       <c r="E134">
-        <v>750</v>
+        <v>354</v>
       </c>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I134" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J134" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>171</v>
       </c>
       <c r="B135">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C135">
-        <v>133</v>
+        <v>10</v>
       </c>
       <c r="D135">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E135">
-        <v>651.52</v>
+        <v>473.33</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I135" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J135" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>172</v>
       </c>
       <c r="B136">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C136">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D136">
-        <v>249</v>
+        <v>7500</v>
       </c>
       <c r="E136">
-        <v>498</v>
+        <v>375</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I136" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J136" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>173</v>
       </c>
       <c r="B137">
         <v>0.5</v>
       </c>
       <c r="C137">
-        <v>2</v>
+        <v>769</v>
       </c>
       <c r="D137">
-        <v>249</v>
+        <v>205</v>
       </c>
       <c r="E137">
-        <v>498</v>
+        <v>410</v>
       </c>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I137" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J137" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>174</v>
       </c>
       <c r="B138">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C138">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D138">
-        <v>199</v>
+        <v>7400</v>
       </c>
       <c r="E138">
-        <v>442.22</v>
+        <v>370</v>
       </c>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I138" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J138" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>175</v>
       </c>
       <c r="B139">
         <v>0.5</v>
       </c>
       <c r="C139">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="D139">
-        <v>259</v>
+        <v>177</v>
       </c>
       <c r="E139">
-        <v>518</v>
+        <v>354</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I139" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J139" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>176</v>
       </c>
       <c r="B140">
         <v>0.5</v>
       </c>
       <c r="C140">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="D140">
-        <v>269</v>
+        <v>375</v>
       </c>
       <c r="E140">
-        <v>538</v>
+        <v>750</v>
       </c>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I140" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J140" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>177</v>
       </c>
       <c r="B141">
-        <v>30</v>
+        <v>0.33</v>
       </c>
       <c r="C141">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D141">
-        <v>4200</v>
+        <v>219</v>
       </c>
       <c r="E141">
-        <v>140</v>
+        <v>663.64</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="I141" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J141" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B142">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C142">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D142">
-        <v>4350</v>
+        <v>250</v>
       </c>
       <c r="E142">
-        <v>145</v>
+        <v>500</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="I142" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J142" t="s">
-        <v>15</v>
+        <v>145</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B143">
         <v>0.5</v>
       </c>
       <c r="C143">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="D143">
-        <v>195</v>
+        <v>250</v>
       </c>
       <c r="E143">
-        <v>390</v>
+        <v>500</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="I143" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J143" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B144">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C144">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="D144">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E144">
-        <v>390</v>
+        <v>444.44</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="I144" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J144" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B145">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C145">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="D145">
-        <v>195</v>
+        <v>260</v>
       </c>
       <c r="E145">
-        <v>590.91</v>
+        <v>520</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="I145" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J145" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B146">
-        <v>0.5</v>
+        <v>0.33</v>
       </c>
       <c r="C146">
-        <v>390</v>
+        <v>149</v>
       </c>
       <c r="D146">
-        <v>195</v>
+        <v>99</v>
       </c>
       <c r="E146">
-        <v>390</v>
+        <v>300</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="I146" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J146" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B147">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C147">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="D147">
-        <v>195</v>
+        <v>270</v>
       </c>
       <c r="E147">
-        <v>590.91</v>
+        <v>540</v>
       </c>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="I147" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J147" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B148">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C148">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="D148">
-        <v>195</v>
+        <v>4290</v>
       </c>
       <c r="E148">
-        <v>590.91</v>
+        <v>143</v>
       </c>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="I148" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J148" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B149">
-        <v>0.33</v>
+        <v>30</v>
       </c>
       <c r="C149">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="D149">
-        <v>195</v>
+        <v>4470</v>
       </c>
       <c r="E149">
-        <v>590.91</v>
+        <v>149</v>
       </c>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="I149" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J149" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B150">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="C150">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="D150">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="E150">
-        <v>237.5</v>
+        <v>571.11</v>
       </c>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>189</v>
+        <v>54</v>
       </c>
       <c r="I150" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J150" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B151">
-        <v>30</v>
+        <v>0.45</v>
       </c>
       <c r="C151">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D151">
-        <v>3900</v>
+        <v>257</v>
       </c>
       <c r="E151">
-        <v>130</v>
+        <v>571.11</v>
       </c>
       <c r="F151"/>
       <c r="G151"/>
-      <c r="H151"/>
+      <c r="H151" t="s">
+        <v>54</v>
+      </c>
       <c r="I151" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J151"/>
+        <v>19</v>
+      </c>
+      <c r="J151" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B152">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
       <c r="C152">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D152">
-        <v>170</v>
+        <v>257</v>
       </c>
       <c r="E152">
-        <v>515.15</v>
+        <v>571.11</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>192</v>
+        <v>54</v>
       </c>
       <c r="I152" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J152" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B153">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C153">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="D153">
-        <v>150</v>
+        <v>240</v>
       </c>
       <c r="E153">
-        <v>333.33</v>
+        <v>727.27</v>
       </c>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="I153" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J153" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B154">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C154">
-        <v>643</v>
+        <v>82</v>
       </c>
       <c r="D154">
-        <v>120</v>
+        <v>225</v>
       </c>
       <c r="E154">
-        <v>266.67</v>
+        <v>450</v>
       </c>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="I154" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J154" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B155">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C155">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="D155">
-        <v>6900</v>
+        <v>225</v>
       </c>
       <c r="E155">
-        <v>230</v>
+        <v>450</v>
       </c>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="I155" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J155" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B156">
         <v>0.33</v>
       </c>
       <c r="C156">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D156">
-        <v>65</v>
+        <v>220</v>
       </c>
       <c r="E156">
-        <v>196.97</v>
+        <v>666.67</v>
       </c>
       <c r="F156"/>
       <c r="G156"/>
-      <c r="H156"/>
+      <c r="H156" t="s">
+        <v>191</v>
+      </c>
       <c r="I156" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J156"/>
+        <v>19</v>
+      </c>
+      <c r="J156" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B157">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C157">
-        <v>33</v>
+        <v>234</v>
       </c>
       <c r="D157">
-        <v>75</v>
+        <v>225</v>
       </c>
       <c r="E157">
-        <v>227.27</v>
+        <v>450</v>
       </c>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="I157" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J157" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B158">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C158">
-        <v>1206</v>
+        <v>139</v>
       </c>
       <c r="D158">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="E158">
-        <v>348.89</v>
+        <v>666.67</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="I158" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J158" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B159">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C159">
-        <v>1097</v>
+        <v>14</v>
       </c>
       <c r="D159">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="E159">
-        <v>348.89</v>
+        <v>666.67</v>
       </c>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="I159" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J159" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B160">
         <v>0.33</v>
       </c>
       <c r="C160">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D160">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="E160">
-        <v>424.24</v>
+        <v>666.67</v>
       </c>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>100</v>
+        <v>191</v>
       </c>
       <c r="I160" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J160" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B161">
-        <v>0.75</v>
+        <v>0.4</v>
       </c>
       <c r="C161">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D161">
-        <v>279</v>
+        <v>107</v>
       </c>
       <c r="E161">
-        <v>372</v>
+        <v>267.5</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I161" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J161" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B162">
-        <v>0.75</v>
+        <v>30</v>
       </c>
       <c r="C162">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="D162">
-        <v>279</v>
+        <v>4350</v>
       </c>
       <c r="E162">
-        <v>372</v>
+        <v>145</v>
       </c>
       <c r="F162"/>
       <c r="G162"/>
-      <c r="H162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H162"/>
       <c r="I162" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J162"/>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B163">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="C163">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D163">
-        <v>140</v>
+        <v>270</v>
       </c>
       <c r="E163">
-        <v>424.24</v>
+        <v>540</v>
       </c>
       <c r="F163"/>
       <c r="G163"/>
-      <c r="H163"/>
+      <c r="H163" t="s">
+        <v>203</v>
+      </c>
       <c r="I163" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J163"/>
+        <v>12</v>
+      </c>
+      <c r="J163" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B164">
         <v>0.33</v>
       </c>
       <c r="C164">
-        <v>20</v>
+        <v>155</v>
       </c>
       <c r="D164">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="E164">
-        <v>424.24</v>
+        <v>536.36</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>100</v>
+        <v>205</v>
       </c>
       <c r="I164" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="J164" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B165">
         <v>0.45</v>
       </c>
       <c r="C165">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="D165">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="E165">
-        <v>355.56</v>
+        <v>340</v>
       </c>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="I165" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J165" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B166">
         <v>0.45</v>
       </c>
       <c r="C166">
-        <v>1</v>
+        <v>448</v>
       </c>
       <c r="D166">
-        <v>185</v>
+        <v>123</v>
       </c>
       <c r="E166">
-        <v>411.11</v>
+        <v>273.33</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="I166" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J166" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B167">
-        <v>0.45</v>
+        <v>30</v>
       </c>
       <c r="C167">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D167">
-        <v>155</v>
+        <v>6900</v>
       </c>
       <c r="E167">
-        <v>344.44</v>
+        <v>230</v>
       </c>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="I167" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J167" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B168">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C168">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D168">
-        <v>275</v>
+        <v>70</v>
       </c>
       <c r="E168">
-        <v>611.11</v>
+        <v>212.12</v>
       </c>
       <c r="F168"/>
       <c r="G168"/>
-      <c r="H168" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H168"/>
       <c r="I168" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="J168"/>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B169">
         <v>0.45</v>
       </c>
       <c r="C169">
-        <v>2</v>
+        <v>858</v>
       </c>
       <c r="D169">
-        <v>225</v>
+        <v>157</v>
       </c>
       <c r="E169">
-        <v>500</v>
+        <v>348.89</v>
       </c>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I169" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J169" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B170">
         <v>0.45</v>
       </c>
       <c r="C170">
-        <v>20</v>
+        <v>921</v>
       </c>
       <c r="D170">
-        <v>275</v>
+        <v>157</v>
       </c>
       <c r="E170">
-        <v>611.11</v>
+        <v>348.89</v>
       </c>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I170" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J170" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B171">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="C171">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="D171">
-        <v>259</v>
+        <v>145</v>
       </c>
       <c r="E171">
-        <v>575.56</v>
+        <v>439.39</v>
       </c>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>213</v>
+        <v>105</v>
       </c>
       <c r="I171" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J171" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B172">
-        <v>0.45</v>
+        <v>20</v>
       </c>
       <c r="C172">
-        <v>75</v>
+        <v>5</v>
       </c>
       <c r="D172">
-        <v>250</v>
+        <v>5580</v>
       </c>
       <c r="E172">
-        <v>555.56</v>
+        <v>279</v>
       </c>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>213</v>
+        <v>105</v>
       </c>
       <c r="I172" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J172" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B173">
-        <v>0.45</v>
+        <v>0.75</v>
       </c>
       <c r="C173">
-        <v>69</v>
+        <v>6</v>
       </c>
       <c r="D173">
-        <v>259</v>
+        <v>295</v>
       </c>
       <c r="E173">
-        <v>575.56</v>
+        <v>393.33</v>
       </c>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>213</v>
+        <v>105</v>
       </c>
       <c r="I173" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J173" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B174">
-        <v>0.5</v>
+        <v>0.75</v>
       </c>
       <c r="C174">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="D174">
-        <v>199</v>
+        <v>295</v>
       </c>
       <c r="E174">
-        <v>398</v>
+        <v>393.33</v>
       </c>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>220</v>
+        <v>105</v>
       </c>
       <c r="I174" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J174" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B175">
-        <v>0.5</v>
+        <v>0.33</v>
       </c>
       <c r="C175">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="D175">
-        <v>220</v>
+        <v>145</v>
       </c>
       <c r="E175">
-        <v>440</v>
+        <v>439.39</v>
       </c>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>220</v>
+        <v>105</v>
       </c>
       <c r="I175" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J175" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B176">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C176">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D176">
-        <v>6300</v>
+        <v>5580</v>
       </c>
       <c r="E176">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>223</v>
+        <v>105</v>
       </c>
       <c r="I176" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J176" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B177">
         <v>0.5</v>
       </c>
       <c r="C177">
-        <v>142</v>
+        <v>195</v>
       </c>
       <c r="D177">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="E177">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="F177"/>
       <c r="G177"/>
-      <c r="H177"/>
+      <c r="H177" t="s">
+        <v>221</v>
+      </c>
       <c r="I177" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J177"/>
+        <v>12</v>
+      </c>
+      <c r="J177" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B178">
-        <v>0.44</v>
+        <v>0.5</v>
       </c>
       <c r="C178">
-        <v>153</v>
+        <v>209</v>
       </c>
       <c r="D178">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="E178">
-        <v>227.27</v>
+        <v>460</v>
       </c>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="I178" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="J178" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B179">
         <v>0.45</v>
       </c>
       <c r="C179">
-        <v>206</v>
+        <v>11</v>
       </c>
       <c r="D179">
-        <v>185</v>
+        <v>265</v>
       </c>
       <c r="E179">
-        <v>411.11</v>
+        <v>588.89</v>
       </c>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="I179"/>
+        <v>224</v>
+      </c>
+      <c r="I179" t="s">
+        <v>19</v>
+      </c>
       <c r="J179" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B180">
         <v>0.45</v>
       </c>
       <c r="C180">
-        <v>6</v>
+        <v>43</v>
       </c>
       <c r="D180">
-        <v>185</v>
+        <v>255</v>
       </c>
       <c r="E180">
-        <v>411.11</v>
+        <v>566.67</v>
       </c>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="I180"/>
+        <v>224</v>
+      </c>
+      <c r="I180" t="s">
+        <v>19</v>
+      </c>
       <c r="J180" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B181">
         <v>0.45</v>
       </c>
       <c r="C181">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="D181">
-        <v>185</v>
+        <v>265</v>
       </c>
       <c r="E181">
-        <v>411.11</v>
+        <v>588.89</v>
       </c>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="I181"/>
+        <v>224</v>
+      </c>
+      <c r="I181" t="s">
+        <v>19</v>
+      </c>
       <c r="J181" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B182">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C182">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="D182">
-        <v>185</v>
+        <v>300</v>
       </c>
       <c r="E182">
-        <v>411.11</v>
+        <v>600</v>
       </c>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>228</v>
       </c>
-      <c r="I182"/>
+      <c r="I182" t="s">
+        <v>12</v>
+      </c>
       <c r="J182" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B183">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C183">
-        <v>456</v>
+        <v>4</v>
       </c>
       <c r="D183">
-        <v>185</v>
+        <v>300</v>
       </c>
       <c r="E183">
-        <v>411.11</v>
+        <v>600</v>
       </c>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>228</v>
       </c>
-      <c r="I183"/>
+      <c r="I183" t="s">
+        <v>12</v>
+      </c>
       <c r="J183" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B184">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C184">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D184">
-        <v>185</v>
+        <v>300</v>
       </c>
       <c r="E184">
-        <v>411.11</v>
+        <v>600</v>
       </c>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>228</v>
       </c>
-      <c r="I184"/>
+      <c r="I184" t="s">
+        <v>12</v>
+      </c>
       <c r="J184" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B185">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="C185">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D185">
-        <v>185</v>
+        <v>300</v>
       </c>
       <c r="E185">
-        <v>411.11</v>
+        <v>600</v>
       </c>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>228</v>
       </c>
-      <c r="I185"/>
+      <c r="I185" t="s">
+        <v>12</v>
+      </c>
       <c r="J185" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B186">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C186">
-        <v>309</v>
+        <v>4</v>
       </c>
       <c r="D186">
-        <v>7500</v>
+        <v>300</v>
       </c>
       <c r="E186">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="I186" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="J186" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B187">
-        <v>30</v>
+        <v>0.5</v>
       </c>
       <c r="C187">
-        <v>723</v>
+        <v>27</v>
       </c>
       <c r="D187">
-        <v>7500</v>
+        <v>300</v>
       </c>
       <c r="E187">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="I187" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="J187" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B188">
-        <v>20</v>
+        <v>0.5</v>
       </c>
       <c r="C188">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="D188">
-        <v>5800</v>
+        <v>222</v>
       </c>
       <c r="E188">
-        <v>290</v>
+        <v>444</v>
       </c>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="I188" t="s">
-        <v>240</v>
+        <v>19</v>
       </c>
       <c r="J188" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B189">
         <v>0.5</v>
       </c>
       <c r="C189">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D189">
-        <v>337</v>
+        <v>201</v>
       </c>
       <c r="E189">
-        <v>674</v>
+        <v>402</v>
       </c>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="I189" t="s">
-        <v>243</v>
+        <v>19</v>
       </c>
       <c r="J189" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="B190">
         <v>0.5</v>
       </c>
       <c r="C190">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="D190">
-        <v>360</v>
+        <v>222</v>
       </c>
       <c r="E190">
-        <v>720</v>
+        <v>444</v>
       </c>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="I190" t="s">
-        <v>243</v>
+        <v>19</v>
       </c>
       <c r="J190" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="B191">
         <v>0.45</v>
       </c>
       <c r="C191">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="D191">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E191">
-        <v>311.11</v>
+        <v>317.78</v>
       </c>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="I191" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J191" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="B192">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C192">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D192">
-        <v>179</v>
+        <v>6450</v>
       </c>
       <c r="E192">
-        <v>358</v>
+        <v>215</v>
       </c>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="I192" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J192" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="B193">
-        <v>0.5</v>
+        <v>0.33</v>
       </c>
       <c r="C193">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D193">
-        <v>179</v>
+        <v>250</v>
       </c>
       <c r="E193">
-        <v>358</v>
+        <v>757.58</v>
       </c>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="I193" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="J193" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
+        <v>244</v>
+      </c>
+      <c r="B194">
+        <v>0.33</v>
+      </c>
+      <c r="C194">
+        <v>12</v>
+      </c>
+      <c r="D194">
         <v>250</v>
       </c>
-      <c r="B194">
-[...7 lines deleted...]
-      </c>
       <c r="E194">
-        <v>358</v>
+        <v>757.58</v>
       </c>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="I194" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="J194" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B195">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C195">
-        <v>64</v>
+        <v>136</v>
       </c>
       <c r="D195">
-        <v>179</v>
+        <v>250</v>
       </c>
       <c r="E195">
-        <v>358</v>
+        <v>555.56</v>
       </c>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>248</v>
+        <v>54</v>
       </c>
       <c r="I195" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J195" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="B196">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C196">
-        <v>30</v>
+        <v>360</v>
       </c>
       <c r="D196">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="E196">
-        <v>358</v>
+        <v>411.11</v>
       </c>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="I196"/>
       <c r="J196" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B197">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C197">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="D197">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="E197">
-        <v>358</v>
+        <v>411.11</v>
       </c>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="I197"/>
       <c r="J197" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B198">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C198">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D198">
-        <v>179</v>
+        <v>215</v>
       </c>
       <c r="E198">
-        <v>358</v>
+        <v>477.78</v>
       </c>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="I198"/>
       <c r="J198" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B199">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C199">
-        <v>4</v>
+        <v>55</v>
       </c>
       <c r="D199">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="E199">
-        <v>358</v>
+        <v>411.11</v>
       </c>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="I199"/>
       <c r="J199" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B200">
-        <v>0.5</v>
+        <v>20</v>
       </c>
       <c r="C200">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D200">
-        <v>179</v>
+        <v>9400</v>
       </c>
       <c r="E200">
-        <v>358</v>
+        <v>470</v>
       </c>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="I200" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J200" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B201">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C201">
-        <v>126</v>
+        <v>220</v>
       </c>
       <c r="D201">
-        <v>179</v>
+        <v>8100</v>
       </c>
       <c r="E201">
-        <v>358</v>
+        <v>270</v>
       </c>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="I201" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J201" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B202">
-        <v>0.5</v>
+        <v>30</v>
       </c>
       <c r="C202">
-        <v>40</v>
+        <v>751</v>
       </c>
       <c r="D202">
-        <v>179</v>
+        <v>8100</v>
       </c>
       <c r="E202">
-        <v>358</v>
+        <v>270</v>
       </c>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="I202" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J202" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B203">
-        <v>0.5</v>
+        <v>0.33</v>
       </c>
       <c r="C203">
-        <v>43</v>
+        <v>2154</v>
       </c>
       <c r="D203">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="E203">
-        <v>358</v>
+        <v>454.55</v>
       </c>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="I203" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J203" t="s">
-        <v>64</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>257</v>
+      </c>
+      <c r="B204">
+        <v>20</v>
+      </c>
+      <c r="C204">
+        <v>10</v>
+      </c>
+      <c r="D204">
+        <v>7000</v>
+      </c>
+      <c r="E204">
+        <v>350</v>
+      </c>
+      <c r="F204"/>
+      <c r="G204"/>
+      <c r="H204" t="s">
+        <v>254</v>
+      </c>
+      <c r="I204" t="s">
+        <v>19</v>
+      </c>
+      <c r="J204" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>258</v>
+      </c>
+      <c r="B205">
+        <v>0.45</v>
+      </c>
+      <c r="C205">
+        <v>118</v>
+      </c>
+      <c r="D205">
+        <v>150</v>
+      </c>
+      <c r="E205">
+        <v>333.33</v>
+      </c>
+      <c r="F205"/>
+      <c r="G205"/>
+      <c r="H205" t="s">
+        <v>259</v>
+      </c>
+      <c r="I205" t="s">
+        <v>19</v>
+      </c>
+      <c r="J205" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>260</v>
+      </c>
+      <c r="B206">
+        <v>30</v>
+      </c>
+      <c r="C206">
+        <v>5</v>
+      </c>
+      <c r="D206">
+        <v>9000</v>
+      </c>
+      <c r="E206">
+        <v>300</v>
+      </c>
+      <c r="F206"/>
+      <c r="G206"/>
+      <c r="H206" t="s">
+        <v>259</v>
+      </c>
+      <c r="I206" t="s">
+        <v>19</v>
+      </c>
+      <c r="J206" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>261</v>
+      </c>
+      <c r="B207">
+        <v>20</v>
+      </c>
+      <c r="C207">
+        <v>4</v>
+      </c>
+      <c r="D207">
+        <v>6000</v>
+      </c>
+      <c r="E207">
+        <v>300</v>
+      </c>
+      <c r="F207"/>
+      <c r="G207"/>
+      <c r="H207" t="s">
+        <v>262</v>
+      </c>
+      <c r="I207" t="s">
+        <v>263</v>
+      </c>
+      <c r="J207" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>264</v>
+      </c>
+      <c r="B208">
+        <v>0.5</v>
+      </c>
+      <c r="C208">
+        <v>24</v>
+      </c>
+      <c r="D208">
+        <v>345</v>
+      </c>
+      <c r="E208">
+        <v>690</v>
+      </c>
+      <c r="F208"/>
+      <c r="G208"/>
+      <c r="H208" t="s">
+        <v>265</v>
+      </c>
+      <c r="I208" t="s">
+        <v>266</v>
+      </c>
+      <c r="J208" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>267</v>
+      </c>
+      <c r="B209">
+        <v>0.5</v>
+      </c>
+      <c r="C209">
+        <v>471</v>
+      </c>
+      <c r="D209">
+        <v>181</v>
+      </c>
+      <c r="E209">
+        <v>362</v>
+      </c>
+      <c r="F209"/>
+      <c r="G209"/>
+      <c r="H209" t="s">
+        <v>268</v>
+      </c>
+      <c r="I209" t="s">
+        <v>19</v>
+      </c>
+      <c r="J209" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>